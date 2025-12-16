--- v0 (2025-11-01)
+++ v1 (2025-12-16)
@@ -9,98 +9,101 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20417"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="E:\8.新HP\申込書ScienceTokyo_isct\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D8A4C2C8-474D-46DE-B980-F94BCAFC45F6}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DB915261-9396-476C-93A7-6423BE0877F4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="24000" windowHeight="9480" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="1470" yWindow="330" windowWidth="19365" windowHeight="15150" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="依頼" sheetId="2" r:id="rId1"/>
     <sheet name="依頼 (書き方例example)" sheetId="12" r:id="rId2"/>
     <sheet name="Request Application" sheetId="4" r:id="rId3"/>
     <sheet name="研究室番号・lab No." sheetId="11" r:id="rId4"/>
     <sheet name="注意事項" sheetId="1" r:id="rId5"/>
     <sheet name="NOTES" sheetId="7" r:id="rId6"/>
     <sheet name="精密測定・スクリーニング測定" sheetId="8" r:id="rId7"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId8"/>
   </externalReferences>
   <definedNames>
     <definedName name="code_kamoku">[1]Sheet2!$A$2:$A$62</definedName>
     <definedName name="kamoku_code" localSheetId="5">#REF!</definedName>
     <definedName name="kamoku_code" localSheetId="1">#REF!</definedName>
     <definedName name="kamoku_code" localSheetId="3">#REF!</definedName>
     <definedName name="kamoku_code">#REF!</definedName>
     <definedName name="kamoku_meisyou" localSheetId="5">#REF!</definedName>
     <definedName name="kamoku_meisyou" localSheetId="1">#REF!</definedName>
     <definedName name="kamoku_meisyou" localSheetId="3">#REF!</definedName>
     <definedName name="kamoku_meisyou">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'Request Application'!$A$1:$N$37</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">依頼!$A$1:$N$37</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'依頼 (書き方例example)'!$A$1:$N$37</definedName>
   </definedNames>
   <calcPr calcId="152511"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="657" uniqueCount="319">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="660" uniqueCount="320">
   <si>
     <t>メールアドレス</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>内線・メールボックス</t>
     <rPh sb="0" eb="2">
       <t>ナイセン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>身分/学年</t>
     <rPh sb="0" eb="2">
       <t>ミブン</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>ガクネン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>所属（研究室名）</t>
     <rPh sb="0" eb="2">
       <t>ショゾク</t>
@@ -588,60 +591,50 @@
       <t>ケン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>早川研</t>
     <rPh sb="0" eb="2">
       <t>ハヤカワ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>ケン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>難波江研</t>
     <rPh sb="0" eb="3">
       <t>ナバエ</t>
     </rPh>
     <rPh sb="3" eb="4">
       <t>ケン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>石川研</t>
-[...8 lines deleted...]
-  <si>
     <t>松本研</t>
     <rPh sb="0" eb="2">
       <t>マツモト</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>ケン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>河野研</t>
     <rPh sb="0" eb="2">
       <t>カワノ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>ケン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>柘植研</t>
     <rPh sb="0" eb="2">
       <t>ツゲ</t>
     </rPh>
     <rPh sb="2" eb="3">
@@ -723,60 +716,50 @@
     <t>舟窪研</t>
     <rPh sb="0" eb="2">
       <t>フナクボ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>ケン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>道信研</t>
     <rPh sb="0" eb="3">
       <t>ミチノブケン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>原（享）研</t>
     <rPh sb="0" eb="1">
       <t>ハラ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>キョウ</t>
     </rPh>
     <rPh sb="4" eb="5">
-      <t>ケン</t>
-[...8 lines deleted...]
-    <rPh sb="2" eb="3">
       <t>ケン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>大内研</t>
     <rPh sb="0" eb="2">
       <t>オオウチ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>ケン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="游ゴシック"/>
         <family val="3"/>
         <charset val="128"/>
         <scheme val="minor"/>
       </rPr>
       <t>測定希望チェック</t>
@@ -1093,57 +1076,50 @@
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>精密測定</t>
     <rPh sb="2" eb="4">
       <t>ソクテイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>Status</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>Request application form for Organic element analysis</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>■CHNのみの測定で5-6mg量りとれる量が必要です。容器から取り出す際、全量取り出すのは困難です。
 　（瓶の壁面にこびりついていると全量のサンプリングは無理です。）</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>　 You will need to submit a printed application form with your samples.</t>
-    <phoneticPr fontId="1"/>
-[...5 lines deleted...]
-    </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>※ 本申込書は統合システムからの依頼申込み時に添付でご提出ください。</t>
     <rPh sb="3" eb="6">
       <t>モウシコミショ</t>
     </rPh>
     <rPh sb="7" eb="9">
       <t>トウゴウ</t>
     </rPh>
     <rPh sb="16" eb="20">
       <t>イライモウシコ</t>
     </rPh>
     <rPh sb="21" eb="22">
       <t>ジ</t>
     </rPh>
     <rPh sb="23" eb="25">
       <t>テンプ</t>
     </rPh>
     <rPh sb="27" eb="29">
       <t>テイシュツ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
@@ -3106,50 +3082,87 @@
       <t>トミタ</t>
     </rPh>
     <rPh sb="8" eb="10">
       <t>ナイセン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>地球惑星科学系 Earth and Planetary Sciences</t>
     <rPh sb="0" eb="6">
       <t>チキュウワクセイカガク</t>
     </rPh>
     <rPh sb="6" eb="7">
       <t>ケイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>癸生川研</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>多田研</t>
     <rPh sb="0" eb="2">
       <t>タダ</t>
+    </rPh>
+    <rPh sb="2" eb="3">
+      <t>ケン</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>石川研 Ishikawa Lab</t>
+    <rPh sb="0" eb="2">
+      <t>イシカワ</t>
+    </rPh>
+    <rPh sb="2" eb="3">
+      <t>ケン</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>扇澤研 Ougizawa Lab</t>
+    <rPh sb="0" eb="2">
+      <t>オウギサワ</t>
+    </rPh>
+    <rPh sb="2" eb="3">
+      <t>ケン</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>原田研 Harada Labo</t>
+    <rPh sb="0" eb="3">
+      <t>ハラダケン</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>火原研</t>
+    <rPh sb="0" eb="2">
+      <t>ヒハラ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>ケン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="39">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
@@ -7236,51 +7249,51 @@
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="none" rtlCol="0" anchor="t">
           <a:spAutoFit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///C:\Users\Akimoto\Documents\&#35013;&#32622;\S-5500\Request%20for%20FE-SEM%20form.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
-<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" mc:Ignorable="x14">
+<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="申込書日本語"/>
       <sheetName val="Request form"/>
       <sheetName val="Sheet2"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0" refreshError="1"/>
       <sheetData sheetId="1" refreshError="1"/>
       <sheetData sheetId="2">
         <row r="2">
           <cell r="A2" t="str">
             <v>11110</v>
           </cell>
         </row>
         <row r="3">
           <cell r="A3" t="str">
             <v>11410</v>
           </cell>
         </row>
         <row r="4">
           <cell r="A4" t="str">
             <v>11910</v>
           </cell>
         </row>
@@ -7559,91 +7572,91 @@
             <v>111</v>
           </cell>
         </row>
         <row r="60">
           <cell r="A60" t="str">
             <v>K318</v>
           </cell>
         </row>
         <row r="61">
           <cell r="A61" t="str">
             <v>K339</v>
           </cell>
         </row>
         <row r="62">
           <cell r="A62" t="str">
             <v>K338</v>
           </cell>
         </row>
       </sheetData>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 テーマ">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -7705,51 +7718,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -7847,189 +7860,189 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor rgb="FFFFC000"/>
   </sheetPr>
   <dimension ref="A1:P41"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="A7" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+    <sheetView view="pageBreakPreview" topLeftCell="A7" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="Q63" sqref="Q63"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="5.625" defaultRowHeight="18.75"/>
   <cols>
     <col min="1" max="1" width="5.875" customWidth="1"/>
     <col min="2" max="2" width="5.875" style="1" customWidth="1"/>
     <col min="3" max="3" width="6" style="1" customWidth="1"/>
     <col min="4" max="7" width="6.125" style="1" customWidth="1"/>
     <col min="8" max="9" width="5.875" style="1" customWidth="1"/>
     <col min="10" max="10" width="6" style="1" customWidth="1"/>
     <col min="11" max="14" width="6.125" customWidth="1"/>
     <col min="15" max="15" width="2.5" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="25.15" customHeight="1">
       <c r="A1" s="150" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="B1" s="150"/>
       <c r="C1" s="150"/>
       <c r="D1" s="150"/>
       <c r="E1" s="150"/>
       <c r="F1" s="150"/>
       <c r="G1" s="150"/>
       <c r="H1" s="150"/>
       <c r="I1" s="150"/>
       <c r="J1" s="150"/>
       <c r="K1" s="150"/>
       <c r="L1" s="150"/>
       <c r="M1" s="150"/>
       <c r="N1" s="150"/>
     </row>
     <row r="2" spans="1:16" ht="25.15" customHeight="1">
       <c r="A2" s="151" t="s">
         <v>68</v>
       </c>
       <c r="B2" s="151"/>
       <c r="C2" s="151"/>
       <c r="D2" s="151"/>
       <c r="E2" s="151"/>
       <c r="F2" s="151"/>
       <c r="G2" s="151"/>
       <c r="H2" s="151"/>
       <c r="I2" s="151"/>
       <c r="J2" s="151"/>
       <c r="K2" s="151"/>
       <c r="L2" s="151"/>
       <c r="M2" s="151"/>
       <c r="N2" s="151"/>
     </row>
     <row r="3" spans="1:16" ht="6" customHeight="1">
       <c r="A3" s="4"/>
       <c r="B3" s="4"/>
       <c r="C3" s="4"/>
       <c r="D3" s="4"/>
       <c r="E3" s="4"/>
       <c r="F3" s="4"/>
       <c r="G3" s="4"/>
       <c r="H3" s="4"/>
       <c r="I3" s="3"/>
       <c r="J3"/>
       <c r="N3" s="3"/>
     </row>
     <row r="4" spans="1:16" ht="13.15" customHeight="1">
       <c r="A4" s="8" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="C4" s="7"/>
       <c r="D4" s="7"/>
       <c r="E4" s="7"/>
       <c r="F4" s="7"/>
       <c r="G4" s="7"/>
       <c r="H4" s="7"/>
       <c r="I4" s="7"/>
       <c r="J4" s="6"/>
       <c r="K4" s="6"/>
       <c r="L4" s="6"/>
     </row>
     <row r="5" spans="1:16" ht="13.15" customHeight="1">
       <c r="A5" s="8" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="C5" s="7"/>
       <c r="D5" s="7"/>
       <c r="E5" s="7"/>
       <c r="F5" s="7"/>
       <c r="G5" s="7"/>
       <c r="H5" s="7"/>
       <c r="I5" s="7"/>
       <c r="J5" s="6"/>
       <c r="K5" s="6"/>
       <c r="L5" s="6"/>
     </row>
     <row r="6" spans="1:16" ht="18" customHeight="1" thickBot="1">
       <c r="A6" s="74" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="G6" s="5"/>
       <c r="H6" s="5"/>
       <c r="I6" s="5" t="s">
         <v>6</v>
       </c>
       <c r="K6" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:16" ht="20.100000000000001" customHeight="1" thickTop="1">
       <c r="A7" s="160" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="161"/>
       <c r="C7" s="162"/>
       <c r="D7" s="166"/>
       <c r="E7" s="167"/>
       <c r="F7" s="167"/>
       <c r="G7" s="167"/>
       <c r="H7" s="152" t="s">
         <v>3</v>
       </c>
       <c r="I7" s="153"/>
       <c r="J7" s="154"/>
@@ -8060,252 +8073,252 @@
       <c r="A9" s="170" t="s">
         <v>2</v>
       </c>
       <c r="B9" s="171"/>
       <c r="C9" s="171"/>
       <c r="D9" s="178"/>
       <c r="E9" s="179"/>
       <c r="F9" s="179"/>
       <c r="G9" s="179"/>
       <c r="H9" s="182" t="s">
         <v>1</v>
       </c>
       <c r="I9" s="183"/>
       <c r="J9" s="184"/>
       <c r="K9" s="144"/>
       <c r="L9" s="145"/>
       <c r="M9" s="144"/>
       <c r="N9" s="146"/>
     </row>
     <row r="10" spans="1:16" ht="10.15" customHeight="1" thickTop="1" thickBot="1">
       <c r="A10" s="1"/>
       <c r="J10"/>
     </row>
     <row r="11" spans="1:16" ht="20.25" thickTop="1" thickBot="1">
       <c r="A11" s="172" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="B11" s="173"/>
       <c r="C11" s="174"/>
       <c r="D11" s="175"/>
       <c r="E11" s="12" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="F11" s="174"/>
       <c r="G11" s="175"/>
       <c r="H11" s="128" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="I11" s="12"/>
       <c r="J11" s="32"/>
       <c r="K11" s="11"/>
       <c r="L11" s="11"/>
       <c r="M11" s="11"/>
       <c r="N11" s="18"/>
       <c r="P11" s="45" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
     </row>
     <row r="12" spans="1:16" ht="20.25" thickTop="1" thickBot="1">
       <c r="A12" s="19"/>
       <c r="B12" s="46"/>
       <c r="C12" s="176" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="D12" s="176"/>
       <c r="E12" s="9"/>
       <c r="F12" s="177" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="G12" s="177"/>
       <c r="H12" s="33" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="I12" s="9"/>
       <c r="J12" s="33"/>
       <c r="K12" s="10"/>
       <c r="L12" s="10"/>
       <c r="M12" s="10"/>
       <c r="N12" s="17"/>
       <c r="P12" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
     </row>
     <row r="13" spans="1:16" ht="20.25" thickTop="1" thickBot="1">
       <c r="A13" s="147" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="148"/>
       <c r="C13" s="148"/>
       <c r="D13" s="148"/>
       <c r="E13" s="148"/>
       <c r="F13" s="148"/>
       <c r="G13" s="149"/>
       <c r="H13" s="72"/>
       <c r="I13" s="51"/>
       <c r="J13" s="51"/>
       <c r="K13" s="51"/>
       <c r="L13" s="51"/>
       <c r="M13" s="51"/>
       <c r="N13" s="73"/>
       <c r="P13" s="25" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
     </row>
     <row r="14" spans="1:16" ht="19.5" thickTop="1">
       <c r="A14" s="200" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="201" t="s">
         <v>11</v>
       </c>
       <c r="C14" s="50" t="s">
         <v>12</v>
       </c>
       <c r="D14" s="202" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="203"/>
       <c r="F14" s="203"/>
       <c r="G14" s="204"/>
       <c r="H14" s="180" t="s">
         <v>10</v>
       </c>
       <c r="I14" s="194" t="s">
         <v>11</v>
       </c>
       <c r="J14" s="48" t="s">
         <v>12</v>
       </c>
       <c r="K14" s="195" t="s">
         <v>13</v>
       </c>
       <c r="L14" s="196"/>
       <c r="M14" s="196"/>
       <c r="N14" s="197"/>
       <c r="P14" s="25" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
     </row>
     <row r="15" spans="1:16" ht="19.5" thickBot="1">
       <c r="A15" s="181"/>
       <c r="B15" s="194"/>
       <c r="C15" s="79" t="s">
         <v>14</v>
       </c>
       <c r="D15" s="106" t="s">
         <v>15</v>
       </c>
       <c r="E15" s="198" t="s">
         <v>16</v>
       </c>
       <c r="F15" s="198"/>
       <c r="G15" s="199"/>
       <c r="H15" s="181"/>
       <c r="I15" s="194"/>
       <c r="J15" s="79" t="s">
         <v>14</v>
       </c>
       <c r="K15" s="106" t="s">
         <v>15</v>
       </c>
       <c r="L15" s="198" t="s">
         <v>16</v>
       </c>
       <c r="M15" s="198"/>
       <c r="N15" s="199"/>
       <c r="P15" s="25" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
     </row>
     <row r="16" spans="1:16" ht="19.5" thickTop="1">
       <c r="A16" s="71"/>
       <c r="B16" s="75" t="s">
         <v>17</v>
       </c>
       <c r="C16" s="80"/>
       <c r="D16" s="101"/>
       <c r="E16" s="102"/>
       <c r="F16" s="103"/>
       <c r="G16" s="104"/>
       <c r="H16" s="71"/>
       <c r="I16" s="75" t="s">
         <v>38</v>
       </c>
       <c r="J16" s="85"/>
       <c r="K16" s="101"/>
       <c r="L16" s="103"/>
       <c r="M16" s="103"/>
       <c r="N16" s="105"/>
       <c r="P16" s="25" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" s="67"/>
       <c r="B17" s="75" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="81"/>
       <c r="D17" s="86"/>
       <c r="E17" s="87"/>
       <c r="F17" s="88"/>
       <c r="G17" s="89"/>
       <c r="H17" s="67"/>
       <c r="I17" s="75" t="s">
         <v>40</v>
       </c>
       <c r="J17" s="67"/>
       <c r="K17" s="86"/>
       <c r="L17" s="88"/>
       <c r="M17" s="88"/>
       <c r="N17" s="90"/>
       <c r="P17" s="25" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
     </row>
     <row r="18" spans="1:16" ht="19.5" thickBot="1">
       <c r="A18" s="68"/>
       <c r="B18" s="76" t="s">
         <v>18</v>
       </c>
       <c r="C18" s="82"/>
       <c r="D18" s="122"/>
       <c r="E18" s="123"/>
       <c r="F18" s="124"/>
       <c r="G18" s="125"/>
       <c r="H18" s="67"/>
       <c r="I18" s="75" t="s">
         <v>41</v>
       </c>
       <c r="J18" s="67"/>
       <c r="K18" s="86"/>
       <c r="L18" s="88"/>
       <c r="M18" s="88"/>
       <c r="N18" s="90"/>
       <c r="P18" s="25" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:16" ht="20.25" thickTop="1" thickBot="1">
       <c r="A19" s="115"/>
       <c r="B19" s="116" t="s">
         <v>42</v>
       </c>
       <c r="C19" s="117"/>
       <c r="D19" s="118"/>
       <c r="E19" s="119"/>
       <c r="F19" s="120"/>
       <c r="G19" s="121"/>
       <c r="H19" s="68"/>
       <c r="I19" s="76" t="s">
         <v>43</v>
       </c>
       <c r="J19" s="68"/>
       <c r="K19" s="91"/>
       <c r="L19" s="92"/>
       <c r="M19" s="92"/>
       <c r="N19" s="93"/>
     </row>
     <row r="20" spans="1:16" ht="20.25" thickTop="1" thickBot="1">
       <c r="A20" s="70"/>
       <c r="B20" s="78" t="s">
@@ -8342,51 +8355,51 @@
       <c r="K21" s="186"/>
       <c r="L21" s="186"/>
       <c r="M21" s="186"/>
       <c r="N21" s="187"/>
     </row>
     <row r="22" spans="1:16" ht="20.25" thickTop="1" thickBot="1">
       <c r="A22" s="191" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="192"/>
       <c r="C22" s="192"/>
       <c r="D22" s="192"/>
       <c r="E22" s="192"/>
       <c r="F22" s="192"/>
       <c r="G22" s="192"/>
       <c r="H22" s="192"/>
       <c r="I22" s="192"/>
       <c r="J22" s="192"/>
       <c r="K22" s="192"/>
       <c r="L22" s="192"/>
       <c r="M22" s="192"/>
       <c r="N22" s="193"/>
     </row>
     <row r="23" spans="1:16" ht="142.5" customHeight="1" thickTop="1" thickBot="1">
       <c r="A23" s="188" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="B23" s="189"/>
       <c r="C23" s="189"/>
       <c r="D23" s="189"/>
       <c r="E23" s="189"/>
       <c r="F23" s="189"/>
       <c r="G23" s="189"/>
       <c r="H23" s="189"/>
       <c r="I23" s="189"/>
       <c r="J23" s="189"/>
       <c r="K23" s="189"/>
       <c r="L23" s="189"/>
       <c r="M23" s="189"/>
       <c r="N23" s="190"/>
     </row>
     <row r="24" spans="1:16" ht="15" customHeight="1" thickTop="1">
       <c r="A24" s="191" t="s">
         <v>22</v>
       </c>
       <c r="B24" s="192"/>
       <c r="C24" s="192"/>
       <c r="D24" s="52"/>
       <c r="E24" s="53"/>
       <c r="F24" s="52"/>
       <c r="G24" s="52"/>
@@ -8550,161 +8563,161 @@
         <v>36</v>
       </c>
       <c r="C31" s="205"/>
       <c r="D31" s="57" t="s">
         <v>45</v>
       </c>
       <c r="E31" s="58" t="s">
         <v>33</v>
       </c>
       <c r="F31" s="59" t="s">
         <v>37</v>
       </c>
       <c r="G31" s="60" t="s">
         <v>34</v>
       </c>
       <c r="H31" s="61"/>
       <c r="I31" s="64"/>
       <c r="J31" s="65"/>
       <c r="K31" s="65"/>
       <c r="L31" s="65"/>
       <c r="M31" s="65"/>
       <c r="N31" s="66"/>
     </row>
     <row r="32" spans="1:16" ht="15" customHeight="1" thickTop="1">
       <c r="A32" s="130" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="B32" s="133" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="C32" s="141" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="D32" s="141"/>
       <c r="E32" s="141"/>
       <c r="F32" s="141" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="G32" s="141"/>
       <c r="H32" s="141"/>
       <c r="I32" s="141" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="J32" s="141"/>
       <c r="K32" s="141"/>
       <c r="L32" s="141" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="M32" s="141"/>
       <c r="N32" s="142"/>
     </row>
     <row r="33" spans="1:14" ht="15" customHeight="1" thickBot="1">
       <c r="A33" s="131"/>
       <c r="B33" s="134"/>
       <c r="C33" s="137" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="D33" s="137"/>
       <c r="E33" s="137"/>
       <c r="F33" s="137" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="G33" s="137"/>
       <c r="H33" s="137"/>
       <c r="I33" s="137" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="J33" s="137"/>
       <c r="K33" s="137"/>
       <c r="L33" s="137"/>
       <c r="M33" s="137"/>
       <c r="N33" s="138"/>
     </row>
     <row r="34" spans="1:14" ht="15" customHeight="1" thickTop="1">
       <c r="A34" s="131"/>
       <c r="B34" s="135" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="C34" s="129" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="D34" s="129"/>
       <c r="E34" s="129"/>
       <c r="F34" s="129" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="G34" s="129"/>
       <c r="H34" s="129"/>
       <c r="I34" s="129" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="J34" s="129"/>
       <c r="K34" s="129"/>
       <c r="L34" s="129" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="M34" s="129"/>
       <c r="N34" s="143"/>
     </row>
     <row r="35" spans="1:14" ht="15" customHeight="1">
       <c r="A35" s="132"/>
       <c r="B35" s="136"/>
       <c r="C35" s="139" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="D35" s="139"/>
       <c r="E35" s="139"/>
       <c r="F35" s="139" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="G35" s="139"/>
       <c r="H35" s="139"/>
       <c r="I35" s="139" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="J35" s="139"/>
       <c r="K35" s="139"/>
       <c r="L35" s="139"/>
       <c r="M35" s="139"/>
       <c r="N35" s="140"/>
     </row>
     <row r="36" spans="1:14" ht="15" customHeight="1">
       <c r="A36" s="127" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
     </row>
     <row r="37" spans="1:14" ht="15" customHeight="1">
       <c r="A37" s="127" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="B37" s="4"/>
       <c r="D37" s="34"/>
       <c r="E37" s="34"/>
       <c r="F37" s="34"/>
       <c r="N37" s="2" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="1"/>
       <c r="I38"/>
       <c r="J38"/>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="1"/>
       <c r="I39"/>
       <c r="J39"/>
     </row>
     <row r="40" spans="1:14">
       <c r="B40"/>
       <c r="C40"/>
       <c r="D40"/>
       <c r="E40"/>
       <c r="F40"/>
       <c r="G40"/>
       <c r="H40"/>
       <c r="I40"/>
       <c r="J40"/>
     </row>
     <row r="41" spans="1:14">
       <c r="B41"/>
@@ -8788,869 +8801,869 @@
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1769F3B9-8197-4F6F-AA43-BE3509CFBF59}">
   <sheetPr>
     <tabColor rgb="FFFFC000"/>
   </sheetPr>
   <dimension ref="A1:P41"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="T32" sqref="T32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="5.625" defaultRowHeight="18.75"/>
   <cols>
     <col min="1" max="1" width="5.875" customWidth="1"/>
     <col min="2" max="2" width="5.875" style="1" customWidth="1"/>
     <col min="3" max="3" width="6" style="1" customWidth="1"/>
     <col min="4" max="7" width="6.125" style="1" customWidth="1"/>
     <col min="8" max="9" width="5.875" style="1" customWidth="1"/>
     <col min="10" max="10" width="6" style="1" customWidth="1"/>
     <col min="11" max="14" width="6.125" customWidth="1"/>
     <col min="15" max="15" width="2.5" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="25.15" customHeight="1">
       <c r="A1" s="218" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="B1" s="218"/>
       <c r="C1" s="218"/>
       <c r="D1" s="218"/>
       <c r="E1" s="218"/>
       <c r="F1" s="218"/>
       <c r="G1" s="218"/>
       <c r="H1" s="218"/>
       <c r="I1" s="218"/>
       <c r="J1" s="218"/>
       <c r="K1" s="218"/>
       <c r="L1" s="218"/>
       <c r="M1" s="218"/>
       <c r="N1" s="218"/>
     </row>
     <row r="2" spans="1:16" ht="25.15" customHeight="1">
       <c r="A2" s="151" t="s">
         <v>68</v>
       </c>
       <c r="B2" s="151"/>
       <c r="C2" s="151"/>
       <c r="D2" s="151"/>
       <c r="E2" s="151"/>
       <c r="F2" s="151"/>
       <c r="G2" s="151"/>
       <c r="H2" s="151"/>
       <c r="I2" s="151"/>
       <c r="J2" s="151"/>
       <c r="K2" s="151"/>
       <c r="L2" s="151"/>
       <c r="M2" s="151"/>
       <c r="N2" s="151"/>
     </row>
     <row r="3" spans="1:16" ht="6" customHeight="1">
       <c r="A3" s="4"/>
       <c r="B3" s="4"/>
       <c r="C3" s="4"/>
       <c r="D3" s="4"/>
       <c r="E3" s="4"/>
       <c r="F3" s="4"/>
       <c r="G3" s="4"/>
       <c r="H3" s="4"/>
       <c r="I3" s="3"/>
       <c r="J3"/>
       <c r="N3" s="3"/>
     </row>
     <row r="4" spans="1:16" ht="13.15" customHeight="1">
       <c r="A4" s="8" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="C4" s="7"/>
       <c r="D4" s="7"/>
       <c r="E4" s="7"/>
       <c r="F4" s="7"/>
       <c r="G4" s="7"/>
       <c r="H4" s="7"/>
       <c r="I4" s="7"/>
       <c r="J4" s="6"/>
       <c r="K4" s="6"/>
       <c r="L4" s="6"/>
     </row>
     <row r="5" spans="1:16" ht="13.15" customHeight="1">
       <c r="A5" s="8" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="C5" s="7"/>
       <c r="D5" s="7"/>
       <c r="E5" s="7"/>
       <c r="F5" s="7"/>
       <c r="G5" s="7"/>
       <c r="H5" s="7"/>
       <c r="I5" s="7"/>
       <c r="J5" s="6"/>
       <c r="K5" s="6"/>
       <c r="L5" s="6"/>
     </row>
     <row r="6" spans="1:16" ht="18" customHeight="1" thickBot="1">
       <c r="A6" s="74" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="G6" s="5"/>
       <c r="H6" s="5"/>
       <c r="I6" s="5" t="s">
         <v>6</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
     </row>
     <row r="7" spans="1:16" ht="20.100000000000001" customHeight="1">
       <c r="A7" s="219" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="220"/>
       <c r="C7" s="221"/>
       <c r="D7" s="223" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="E7" s="224"/>
       <c r="F7" s="224"/>
       <c r="G7" s="224"/>
       <c r="H7" s="225" t="s">
         <v>3</v>
       </c>
       <c r="I7" s="226"/>
       <c r="J7" s="227"/>
       <c r="K7" s="228" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="L7" s="228"/>
       <c r="M7" s="228"/>
       <c r="N7" s="229"/>
     </row>
     <row r="8" spans="1:16" ht="20.100000000000001" customHeight="1">
       <c r="A8" s="222"/>
       <c r="B8" s="164"/>
       <c r="C8" s="165"/>
       <c r="D8" s="168" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="E8" s="169"/>
       <c r="F8" s="169"/>
       <c r="G8" s="169"/>
       <c r="H8" s="159" t="s">
         <v>0</v>
       </c>
       <c r="I8" s="159"/>
       <c r="J8" s="159"/>
       <c r="K8" s="230" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="L8" s="230"/>
       <c r="M8" s="230"/>
       <c r="N8" s="231"/>
     </row>
     <row r="9" spans="1:16" ht="20.100000000000001" customHeight="1" thickBot="1">
       <c r="A9" s="209" t="s">
         <v>2</v>
       </c>
       <c r="B9" s="210"/>
       <c r="C9" s="210"/>
       <c r="D9" s="211" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="E9" s="212"/>
       <c r="F9" s="212"/>
       <c r="G9" s="212"/>
       <c r="H9" s="213" t="s">
         <v>1</v>
       </c>
       <c r="I9" s="214"/>
       <c r="J9" s="215"/>
       <c r="K9" s="216">
         <v>5000</v>
       </c>
       <c r="L9" s="217"/>
       <c r="M9" s="216" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="N9" s="232"/>
     </row>
     <row r="10" spans="1:16" ht="10.15" customHeight="1" thickBot="1">
       <c r="A10" s="1"/>
       <c r="J10"/>
     </row>
     <row r="11" spans="1:16" ht="21" thickTop="1" thickBot="1">
       <c r="A11" s="172" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="B11" s="173"/>
       <c r="C11" s="174" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="D11" s="175"/>
       <c r="E11" s="114" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="F11" s="207" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="G11" s="208"/>
       <c r="H11" s="32" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="I11" s="114"/>
       <c r="J11" s="32"/>
       <c r="K11" s="11"/>
       <c r="L11" s="11"/>
       <c r="M11" s="11"/>
       <c r="N11" s="18"/>
       <c r="P11" s="45" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
     </row>
     <row r="12" spans="1:16" ht="20.25" thickTop="1" thickBot="1">
       <c r="A12" s="19"/>
       <c r="B12" s="46"/>
       <c r="C12" s="176" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="D12" s="176"/>
       <c r="E12" s="111"/>
       <c r="F12" s="177" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="G12" s="177"/>
       <c r="H12" s="33" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="I12" s="111"/>
       <c r="J12" s="33"/>
       <c r="K12" s="10"/>
       <c r="L12" s="10"/>
       <c r="M12" s="10"/>
       <c r="N12" s="17"/>
       <c r="P12" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
     </row>
     <row r="13" spans="1:16" ht="20.25" thickTop="1" thickBot="1">
       <c r="A13" s="147" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="B13" s="148"/>
       <c r="C13" s="148"/>
       <c r="D13" s="148"/>
       <c r="E13" s="148"/>
       <c r="F13" s="148"/>
       <c r="G13" s="149"/>
       <c r="H13" s="72"/>
       <c r="I13" s="51"/>
       <c r="J13" s="51"/>
       <c r="K13" s="51"/>
       <c r="L13" s="51"/>
       <c r="M13" s="51"/>
       <c r="N13" s="73"/>
       <c r="P13" s="25" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
     </row>
     <row r="14" spans="1:16" ht="19.5" thickTop="1">
       <c r="A14" s="200" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="201" t="s">
         <v>11</v>
       </c>
       <c r="C14" s="50" t="s">
         <v>12</v>
       </c>
       <c r="D14" s="202" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="203"/>
       <c r="F14" s="203"/>
       <c r="G14" s="204"/>
       <c r="H14" s="180" t="s">
         <v>10</v>
       </c>
       <c r="I14" s="194" t="s">
         <v>11</v>
       </c>
       <c r="J14" s="48" t="s">
         <v>12</v>
       </c>
       <c r="K14" s="195" t="s">
         <v>13</v>
       </c>
       <c r="L14" s="196"/>
       <c r="M14" s="196"/>
       <c r="N14" s="197"/>
       <c r="P14" s="25" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
     </row>
     <row r="15" spans="1:16" ht="19.5" thickBot="1">
       <c r="A15" s="181"/>
       <c r="B15" s="194"/>
       <c r="C15" s="79" t="s">
         <v>14</v>
       </c>
       <c r="D15" s="106" t="s">
         <v>15</v>
       </c>
       <c r="E15" s="198" t="s">
         <v>16</v>
       </c>
       <c r="F15" s="198"/>
       <c r="G15" s="199"/>
       <c r="H15" s="181"/>
       <c r="I15" s="194"/>
       <c r="J15" s="79" t="s">
         <v>14</v>
       </c>
       <c r="K15" s="106" t="s">
         <v>15</v>
       </c>
       <c r="L15" s="198" t="s">
         <v>16</v>
       </c>
       <c r="M15" s="198"/>
       <c r="N15" s="199"/>
       <c r="P15" s="25" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
     </row>
     <row r="16" spans="1:16" ht="19.5" thickTop="1">
       <c r="A16" s="71" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="B16" s="75" t="s">
         <v>17</v>
       </c>
       <c r="C16" s="80">
         <v>51.01</v>
       </c>
       <c r="D16" s="101"/>
       <c r="E16" s="102"/>
       <c r="F16" s="103"/>
       <c r="G16" s="104"/>
       <c r="H16" s="71" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="I16" s="75" t="s">
         <v>38</v>
       </c>
       <c r="J16" s="80">
         <v>0</v>
       </c>
       <c r="K16" s="101"/>
       <c r="L16" s="103"/>
       <c r="M16" s="103"/>
       <c r="N16" s="105"/>
       <c r="P16" s="25" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" s="67" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="B17" s="75" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="81">
         <v>5.99</v>
       </c>
       <c r="D17" s="86"/>
       <c r="E17" s="87"/>
       <c r="F17" s="88"/>
       <c r="G17" s="89"/>
       <c r="H17" s="67" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="I17" s="75" t="s">
         <v>40</v>
       </c>
       <c r="J17" s="81">
         <v>0</v>
       </c>
       <c r="K17" s="86"/>
       <c r="L17" s="88"/>
       <c r="M17" s="88"/>
       <c r="N17" s="90"/>
       <c r="P17" s="25" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
     </row>
     <row r="18" spans="1:16" ht="19.5" thickBot="1">
       <c r="A18" s="68" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="B18" s="76" t="s">
         <v>18</v>
       </c>
       <c r="C18" s="82">
         <v>0</v>
       </c>
       <c r="D18" s="122"/>
       <c r="E18" s="123"/>
       <c r="F18" s="124"/>
       <c r="G18" s="125"/>
       <c r="H18" s="67"/>
       <c r="I18" s="75" t="s">
         <v>41</v>
       </c>
       <c r="J18" s="81"/>
       <c r="K18" s="86"/>
       <c r="L18" s="88"/>
       <c r="M18" s="88"/>
       <c r="N18" s="90"/>
       <c r="P18" s="25" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:16" ht="20.25" thickTop="1" thickBot="1">
       <c r="A19" s="115" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="B19" s="116" t="s">
         <v>42</v>
       </c>
       <c r="C19" s="117">
         <v>27.18</v>
       </c>
       <c r="D19" s="118"/>
       <c r="E19" s="119"/>
       <c r="F19" s="120"/>
       <c r="G19" s="121"/>
       <c r="H19" s="68" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="I19" s="76" t="s">
         <v>43</v>
       </c>
       <c r="J19" s="82">
         <v>0</v>
       </c>
       <c r="K19" s="91"/>
       <c r="L19" s="92"/>
       <c r="M19" s="92"/>
       <c r="N19" s="93"/>
     </row>
     <row r="20" spans="1:16" ht="20.25" thickTop="1" thickBot="1">
       <c r="A20" s="70" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="B20" s="78" t="s">
         <v>19</v>
       </c>
       <c r="C20" s="84">
         <v>0</v>
       </c>
       <c r="D20" s="94"/>
       <c r="E20" s="95"/>
       <c r="F20" s="96"/>
       <c r="G20" s="100"/>
       <c r="H20" s="70"/>
       <c r="I20" s="78" t="s">
         <v>44</v>
       </c>
       <c r="J20" s="84"/>
       <c r="K20" s="94"/>
       <c r="L20" s="95"/>
       <c r="M20" s="96"/>
       <c r="N20" s="97"/>
     </row>
     <row r="21" spans="1:16" ht="20.25" thickTop="1" thickBot="1">
       <c r="A21" s="185" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="B21" s="186"/>
       <c r="C21" s="186"/>
       <c r="D21" s="186"/>
       <c r="E21" s="186"/>
       <c r="F21" s="186"/>
       <c r="G21" s="186"/>
       <c r="H21" s="186"/>
       <c r="I21" s="186"/>
       <c r="J21" s="186"/>
       <c r="K21" s="186"/>
       <c r="L21" s="186"/>
       <c r="M21" s="186"/>
       <c r="N21" s="187"/>
     </row>
     <row r="22" spans="1:16" ht="20.25" thickTop="1" thickBot="1">
       <c r="A22" s="191" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B22" s="192"/>
       <c r="C22" s="192"/>
       <c r="D22" s="192"/>
       <c r="E22" s="192"/>
       <c r="F22" s="192"/>
       <c r="G22" s="192"/>
       <c r="H22" s="192"/>
       <c r="I22" s="192"/>
       <c r="J22" s="192"/>
       <c r="K22" s="192"/>
       <c r="L22" s="192"/>
       <c r="M22" s="192"/>
       <c r="N22" s="193"/>
     </row>
     <row r="23" spans="1:16" ht="142.5" customHeight="1" thickTop="1" thickBot="1">
       <c r="A23" s="188" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="B23" s="189"/>
       <c r="C23" s="189"/>
       <c r="D23" s="189"/>
       <c r="E23" s="189"/>
       <c r="F23" s="189"/>
       <c r="G23" s="189"/>
       <c r="H23" s="189"/>
       <c r="I23" s="189"/>
       <c r="J23" s="189"/>
       <c r="K23" s="189"/>
       <c r="L23" s="189"/>
       <c r="M23" s="189"/>
       <c r="N23" s="190"/>
     </row>
     <row r="24" spans="1:16" ht="15" customHeight="1" thickTop="1">
       <c r="A24" s="191" t="s">
         <v>22</v>
       </c>
       <c r="B24" s="192"/>
       <c r="C24" s="192"/>
       <c r="D24" s="52"/>
       <c r="E24" s="53"/>
       <c r="F24" s="52"/>
       <c r="G24" s="52"/>
       <c r="H24" s="52"/>
       <c r="I24" s="191" t="s">
         <v>23</v>
       </c>
       <c r="J24" s="192"/>
       <c r="K24" s="192"/>
       <c r="L24" s="192"/>
       <c r="M24" s="192"/>
       <c r="N24" s="193"/>
     </row>
     <row r="25" spans="1:16" ht="15" customHeight="1">
       <c r="A25" s="54"/>
       <c r="B25" s="206" t="s">
         <v>24</v>
       </c>
       <c r="C25" s="206"/>
       <c r="D25" s="13" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="E25" s="206" t="s">
         <v>26</v>
       </c>
       <c r="F25" s="206"/>
       <c r="G25" s="206"/>
       <c r="H25" s="206"/>
       <c r="I25" s="126" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="J25" s="10"/>
       <c r="K25" s="10"/>
       <c r="L25" s="10"/>
       <c r="M25" s="10"/>
       <c r="N25" s="63"/>
     </row>
     <row r="26" spans="1:16" ht="15" customHeight="1">
       <c r="A26" s="55"/>
       <c r="B26" s="206" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="C26" s="206"/>
       <c r="D26" s="206"/>
       <c r="E26" s="206"/>
       <c r="F26" s="206"/>
       <c r="G26" s="14"/>
       <c r="H26" s="15"/>
       <c r="I26" s="126" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="J26" s="10"/>
       <c r="K26" s="10"/>
       <c r="L26" s="10"/>
       <c r="M26" s="10"/>
       <c r="N26" s="63"/>
     </row>
     <row r="27" spans="1:16" ht="15" customHeight="1">
       <c r="A27" s="55"/>
       <c r="B27" s="206" t="s">
         <v>27</v>
       </c>
       <c r="C27" s="206"/>
       <c r="D27" s="113" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="E27" s="14" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="F27" s="46" t="s">
         <v>30</v>
       </c>
       <c r="G27" s="14" t="s">
         <v>29</v>
       </c>
       <c r="H27" s="15" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="I27" s="62"/>
       <c r="J27" s="10"/>
       <c r="K27" s="10"/>
       <c r="L27" s="10"/>
       <c r="M27" s="10"/>
       <c r="N27" s="63"/>
     </row>
     <row r="28" spans="1:16" ht="15" customHeight="1">
       <c r="A28" s="55"/>
       <c r="B28" s="206" t="s">
         <v>31</v>
       </c>
       <c r="C28" s="206"/>
       <c r="D28" s="113" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="E28" s="14" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="F28" s="46" t="s">
         <v>30</v>
       </c>
       <c r="G28" s="14" t="s">
         <v>29</v>
       </c>
       <c r="H28" s="15" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="I28" s="62"/>
       <c r="J28" s="10"/>
       <c r="K28" s="10"/>
       <c r="L28" s="10"/>
       <c r="M28" s="10"/>
       <c r="N28" s="63"/>
     </row>
     <row r="29" spans="1:16" ht="15" customHeight="1">
       <c r="A29" s="55"/>
       <c r="B29" s="206" t="s">
         <v>32</v>
       </c>
       <c r="C29" s="206"/>
       <c r="D29" s="113" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="E29" s="14" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="F29" s="46" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="G29" s="14" t="s">
         <v>29</v>
       </c>
       <c r="H29" s="15" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="I29" s="62"/>
       <c r="J29" s="10"/>
       <c r="K29" s="10"/>
       <c r="L29" s="10"/>
       <c r="M29" s="10"/>
       <c r="N29" s="63"/>
     </row>
     <row r="30" spans="1:16" ht="15" customHeight="1">
       <c r="A30" s="55"/>
       <c r="B30" s="206" t="s">
         <v>35</v>
       </c>
       <c r="C30" s="206"/>
       <c r="D30" s="113" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="E30" s="14" t="s">
         <v>29</v>
       </c>
       <c r="F30" s="46" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="G30" s="14" t="s">
         <v>29</v>
       </c>
       <c r="H30" s="15" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="I30" s="62"/>
       <c r="J30" s="10"/>
       <c r="K30" s="10"/>
       <c r="L30" s="10"/>
       <c r="M30" s="10"/>
       <c r="N30" s="63"/>
     </row>
     <row r="31" spans="1:16" ht="15" customHeight="1" thickBot="1">
       <c r="A31" s="56"/>
       <c r="B31" s="205" t="s">
         <v>36</v>
       </c>
       <c r="C31" s="205"/>
       <c r="D31" s="112" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="E31" s="58" t="s">
         <v>29</v>
       </c>
       <c r="F31" s="59" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="G31" s="112" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="H31" s="61" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="I31" s="64"/>
       <c r="J31" s="65"/>
       <c r="K31" s="65"/>
       <c r="L31" s="65"/>
       <c r="M31" s="65"/>
       <c r="N31" s="66"/>
     </row>
     <row r="32" spans="1:16" ht="15" customHeight="1" thickTop="1">
       <c r="A32" s="130" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="B32" s="133" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="C32" s="141" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="D32" s="141"/>
       <c r="E32" s="141"/>
       <c r="F32" s="141" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="G32" s="141"/>
       <c r="H32" s="141"/>
       <c r="I32" s="141" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="J32" s="141"/>
       <c r="K32" s="141"/>
       <c r="L32" s="141" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="M32" s="141"/>
       <c r="N32" s="142"/>
     </row>
     <row r="33" spans="1:14" ht="15" customHeight="1" thickBot="1">
       <c r="A33" s="131"/>
       <c r="B33" s="134"/>
       <c r="C33" s="137" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="D33" s="137"/>
       <c r="E33" s="137"/>
       <c r="F33" s="137" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="G33" s="137"/>
       <c r="H33" s="137"/>
       <c r="I33" s="137" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="J33" s="137"/>
       <c r="K33" s="137"/>
       <c r="L33" s="137"/>
       <c r="M33" s="137"/>
       <c r="N33" s="138"/>
     </row>
     <row r="34" spans="1:14" ht="15" customHeight="1" thickTop="1">
       <c r="A34" s="131"/>
       <c r="B34" s="135" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="C34" s="129" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="D34" s="129"/>
       <c r="E34" s="129"/>
       <c r="F34" s="129" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="G34" s="129"/>
       <c r="H34" s="129"/>
       <c r="I34" s="129" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="J34" s="129"/>
       <c r="K34" s="129"/>
       <c r="L34" s="129" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="M34" s="129"/>
       <c r="N34" s="143"/>
     </row>
     <row r="35" spans="1:14" ht="15" customHeight="1">
       <c r="A35" s="132"/>
       <c r="B35" s="136"/>
       <c r="C35" s="139" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="D35" s="139"/>
       <c r="E35" s="139"/>
       <c r="F35" s="139" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="G35" s="139"/>
       <c r="H35" s="139"/>
       <c r="I35" s="139" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="J35" s="139"/>
       <c r="K35" s="139"/>
       <c r="L35" s="139"/>
       <c r="M35" s="139"/>
       <c r="N35" s="140"/>
     </row>
     <row r="36" spans="1:14" ht="15" customHeight="1">
       <c r="A36" s="127" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
     </row>
     <row r="37" spans="1:14" ht="15" customHeight="1">
       <c r="A37" s="127" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="B37" s="4"/>
       <c r="D37" s="34"/>
       <c r="E37" s="34"/>
       <c r="F37" s="34"/>
       <c r="N37" s="2" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="1"/>
       <c r="I38"/>
       <c r="J38"/>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="1"/>
       <c r="I39"/>
       <c r="J39"/>
     </row>
     <row r="40" spans="1:14">
       <c r="B40"/>
       <c r="C40"/>
       <c r="D40"/>
       <c r="E40"/>
       <c r="F40"/>
       <c r="G40"/>
       <c r="H40"/>
       <c r="I40"/>
       <c r="J40"/>
     </row>
     <row r="41" spans="1:14">
       <c r="B41"/>
@@ -9733,290 +9746,290 @@
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <tabColor rgb="FFFFC000"/>
   </sheetPr>
   <dimension ref="A1:P41"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="O1" sqref="O1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="5.625" defaultRowHeight="18.75"/>
   <cols>
     <col min="1" max="1" width="5.875" customWidth="1"/>
     <col min="2" max="2" width="5.875" style="1" customWidth="1"/>
     <col min="3" max="3" width="6" style="1" customWidth="1"/>
     <col min="4" max="7" width="6.125" style="1" customWidth="1"/>
     <col min="8" max="9" width="5.875" style="1" customWidth="1"/>
     <col min="10" max="10" width="6" style="1" customWidth="1"/>
     <col min="11" max="14" width="6.125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="23.25" customHeight="1">
       <c r="A1" s="150" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="B1" s="150"/>
       <c r="C1" s="150"/>
       <c r="D1" s="150"/>
       <c r="E1" s="150"/>
       <c r="F1" s="150"/>
       <c r="G1" s="150"/>
       <c r="H1" s="150"/>
       <c r="I1" s="150"/>
       <c r="J1" s="150"/>
       <c r="K1" s="150"/>
       <c r="L1" s="150"/>
       <c r="M1" s="150"/>
       <c r="N1" s="150"/>
     </row>
     <row r="2" spans="1:16" ht="23.25" customHeight="1">
       <c r="A2" s="218" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="B2" s="218"/>
       <c r="C2" s="218"/>
       <c r="D2" s="218"/>
       <c r="E2" s="218"/>
       <c r="F2" s="218"/>
       <c r="G2" s="218"/>
       <c r="H2" s="218"/>
       <c r="I2" s="218"/>
       <c r="J2" s="218"/>
       <c r="K2" s="218"/>
       <c r="L2" s="218"/>
       <c r="M2" s="218"/>
       <c r="N2" s="218"/>
     </row>
     <row r="3" spans="1:16" ht="6" customHeight="1">
       <c r="A3" s="4"/>
       <c r="B3" s="4"/>
       <c r="C3" s="4"/>
       <c r="D3" s="4"/>
       <c r="E3" s="4"/>
       <c r="F3" s="4"/>
       <c r="G3" s="4"/>
       <c r="H3" s="4"/>
       <c r="I3" s="3"/>
       <c r="J3"/>
       <c r="N3" s="3"/>
     </row>
     <row r="4" spans="1:16" ht="13.15" customHeight="1">
       <c r="A4" s="8" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="C4" s="7"/>
       <c r="D4" s="7"/>
       <c r="E4" s="7"/>
       <c r="F4" s="7"/>
       <c r="G4" s="7"/>
       <c r="H4" s="7"/>
       <c r="I4" s="7"/>
       <c r="J4" s="6"/>
       <c r="K4" s="6"/>
       <c r="L4" s="6"/>
     </row>
     <row r="5" spans="1:16" ht="13.15" customHeight="1">
       <c r="A5" s="8" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="C5" s="7"/>
       <c r="D5" s="7"/>
       <c r="E5" s="7"/>
       <c r="F5" s="7"/>
       <c r="G5" s="7"/>
       <c r="H5" s="7"/>
       <c r="I5" s="7"/>
       <c r="J5" s="6"/>
       <c r="K5" s="6"/>
       <c r="L5" s="6"/>
     </row>
     <row r="6" spans="1:16" ht="18" customHeight="1" thickBot="1">
       <c r="A6" s="74" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="G6" s="5"/>
       <c r="H6" s="5"/>
       <c r="I6" s="5" t="s">
         <v>6</v>
       </c>
       <c r="K6" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:16" ht="20.100000000000001" customHeight="1" thickTop="1">
       <c r="A7" s="234" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="B7" s="161"/>
       <c r="C7" s="162"/>
       <c r="D7" s="166"/>
       <c r="E7" s="167"/>
       <c r="F7" s="167"/>
       <c r="G7" s="167"/>
       <c r="H7" s="152" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="I7" s="153"/>
       <c r="J7" s="154"/>
       <c r="K7" s="155"/>
       <c r="L7" s="155"/>
       <c r="M7" s="155"/>
       <c r="N7" s="156"/>
     </row>
     <row r="8" spans="1:16" ht="20.100000000000001" customHeight="1">
       <c r="A8" s="163"/>
       <c r="B8" s="164"/>
       <c r="C8" s="165"/>
       <c r="D8" s="168"/>
       <c r="E8" s="169"/>
       <c r="F8" s="169"/>
       <c r="G8" s="169"/>
       <c r="H8" s="159" t="s">
         <v>7</v>
       </c>
       <c r="I8" s="159"/>
       <c r="J8" s="159"/>
       <c r="K8" s="157"/>
       <c r="L8" s="157"/>
       <c r="M8" s="157"/>
       <c r="N8" s="158"/>
     </row>
     <row r="9" spans="1:16" ht="20.100000000000001" customHeight="1" thickBot="1">
       <c r="A9" s="170" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="B9" s="171"/>
       <c r="C9" s="171"/>
       <c r="D9" s="178"/>
       <c r="E9" s="179"/>
       <c r="F9" s="179"/>
       <c r="G9" s="179"/>
       <c r="H9" s="182" t="s">
         <v>8</v>
       </c>
       <c r="I9" s="183"/>
       <c r="J9" s="184"/>
       <c r="K9" s="144"/>
       <c r="L9" s="145"/>
       <c r="M9" s="144"/>
       <c r="N9" s="146"/>
     </row>
     <row r="10" spans="1:16" ht="10.15" customHeight="1" thickTop="1" thickBot="1">
       <c r="A10" s="1"/>
       <c r="J10"/>
     </row>
     <row r="11" spans="1:16" ht="20.25" thickTop="1" thickBot="1">
       <c r="A11" s="235" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="B11" s="236"/>
       <c r="C11" s="174"/>
       <c r="D11" s="175"/>
       <c r="E11" s="12" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="F11" s="174"/>
       <c r="G11" s="175"/>
       <c r="H11" s="32" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="I11" s="12"/>
       <c r="J11" s="32"/>
       <c r="K11" s="11"/>
       <c r="L11" s="11"/>
       <c r="M11" s="11"/>
       <c r="N11" s="18"/>
       <c r="P11" s="45"/>
     </row>
     <row r="12" spans="1:16" ht="20.25" thickTop="1" thickBot="1">
       <c r="A12" s="19"/>
       <c r="B12" s="46"/>
       <c r="C12" s="176" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="D12" s="176"/>
       <c r="E12" s="9"/>
       <c r="F12" s="177" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="G12" s="177"/>
       <c r="H12" s="33" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="I12" s="9"/>
       <c r="J12" s="33"/>
       <c r="K12" s="10"/>
       <c r="L12" s="10"/>
       <c r="M12" s="10"/>
       <c r="N12" s="17"/>
     </row>
     <row r="13" spans="1:16" ht="20.25" thickTop="1" thickBot="1">
       <c r="A13" s="237" t="s">
         <v>49</v>
       </c>
       <c r="B13" s="238"/>
       <c r="C13" s="238"/>
       <c r="D13" s="238"/>
       <c r="E13" s="238"/>
       <c r="F13" s="238"/>
       <c r="G13" s="239"/>
       <c r="H13" s="72"/>
       <c r="I13" s="51"/>
       <c r="J13" s="51"/>
       <c r="K13" s="51"/>
       <c r="L13" s="51"/>
       <c r="M13" s="51"/>
       <c r="N13" s="73"/>
       <c r="P13" s="25"/>
     </row>
     <row r="14" spans="1:16" ht="15.75" customHeight="1" thickTop="1">
       <c r="A14" s="200" t="s">
         <v>50</v>
       </c>
       <c r="B14" s="201" t="s">
         <v>51</v>
       </c>
       <c r="C14" s="240" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="D14" s="202" t="s">
         <v>52</v>
       </c>
       <c r="E14" s="203"/>
       <c r="F14" s="203"/>
       <c r="G14" s="204"/>
       <c r="H14" s="180" t="s">
         <v>50</v>
       </c>
       <c r="I14" s="194" t="s">
         <v>51</v>
       </c>
       <c r="J14" s="242" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="K14" s="195" t="s">
         <v>52</v>
       </c>
       <c r="L14" s="196"/>
       <c r="M14" s="196"/>
       <c r="N14" s="197"/>
       <c r="P14" s="25"/>
     </row>
     <row r="15" spans="1:16" ht="15.75" customHeight="1" thickBot="1">
       <c r="A15" s="181"/>
       <c r="B15" s="194"/>
       <c r="C15" s="241"/>
       <c r="D15" s="106" t="s">
         <v>53</v>
       </c>
       <c r="E15" s="198" t="s">
         <v>54</v>
       </c>
       <c r="F15" s="198"/>
       <c r="G15" s="199"/>
       <c r="H15" s="181"/>
       <c r="I15" s="194"/>
       <c r="J15" s="241"/>
       <c r="K15" s="106" t="s">
@@ -10148,87 +10161,87 @@
       <c r="K21" s="186"/>
       <c r="L21" s="186"/>
       <c r="M21" s="186"/>
       <c r="N21" s="187"/>
     </row>
     <row r="22" spans="1:16" ht="20.25" thickTop="1" thickBot="1">
       <c r="A22" s="191" t="s">
         <v>56</v>
       </c>
       <c r="B22" s="192"/>
       <c r="C22" s="192"/>
       <c r="D22" s="192"/>
       <c r="E22" s="192"/>
       <c r="F22" s="192"/>
       <c r="G22" s="192"/>
       <c r="H22" s="192"/>
       <c r="I22" s="192"/>
       <c r="J22" s="192"/>
       <c r="K22" s="192"/>
       <c r="L22" s="192"/>
       <c r="M22" s="192"/>
       <c r="N22" s="193"/>
     </row>
     <row r="23" spans="1:16" ht="142.5" customHeight="1" thickTop="1" thickBot="1">
       <c r="A23" s="188" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="B23" s="189"/>
       <c r="C23" s="189"/>
       <c r="D23" s="189"/>
       <c r="E23" s="189"/>
       <c r="F23" s="189"/>
       <c r="G23" s="189"/>
       <c r="H23" s="189"/>
       <c r="I23" s="189"/>
       <c r="J23" s="189"/>
       <c r="K23" s="189"/>
       <c r="L23" s="189"/>
       <c r="M23" s="189"/>
       <c r="N23" s="190"/>
     </row>
     <row r="24" spans="1:16" ht="15" customHeight="1" thickTop="1">
       <c r="A24" s="191" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="B24" s="192"/>
       <c r="C24" s="192"/>
       <c r="D24" s="52"/>
       <c r="E24" s="53"/>
       <c r="F24" s="52"/>
       <c r="G24" s="52"/>
       <c r="H24" s="52"/>
       <c r="I24" s="191" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="J24" s="192"/>
       <c r="K24" s="192"/>
       <c r="L24" s="192"/>
       <c r="M24" s="192"/>
       <c r="N24" s="193"/>
       <c r="O24" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
     </row>
     <row r="25" spans="1:16" ht="15" customHeight="1">
       <c r="A25" s="54"/>
       <c r="B25" s="206" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="206"/>
       <c r="D25" s="13" t="s">
         <v>25</v>
       </c>
       <c r="E25" s="206" t="s">
         <v>58</v>
       </c>
       <c r="F25" s="206"/>
       <c r="G25" s="206"/>
       <c r="H25" s="206"/>
       <c r="I25" s="62"/>
       <c r="J25" s="10"/>
       <c r="K25" s="10"/>
       <c r="L25" s="10"/>
       <c r="M25" s="10"/>
       <c r="N25" s="63"/>
     </row>
     <row r="26" spans="1:16" ht="15" customHeight="1">
@@ -10347,161 +10360,161 @@
       </c>
       <c r="H30" s="15"/>
       <c r="I30" s="62"/>
       <c r="J30" s="10"/>
       <c r="K30" s="10"/>
       <c r="L30" s="10"/>
       <c r="M30" s="10"/>
       <c r="N30" s="63"/>
     </row>
     <row r="31" spans="1:16" ht="15" customHeight="1" thickBot="1">
       <c r="A31" s="56"/>
       <c r="B31" s="205" t="s">
         <v>67</v>
       </c>
       <c r="C31" s="205"/>
       <c r="D31" s="57" t="s">
         <v>25</v>
       </c>
       <c r="E31" s="58" t="s">
         <v>64</v>
       </c>
       <c r="F31" s="59" t="s">
         <v>29</v>
       </c>
       <c r="G31" s="60" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="H31" s="61"/>
       <c r="I31" s="64"/>
       <c r="J31" s="65"/>
       <c r="K31" s="65"/>
       <c r="L31" s="65"/>
       <c r="M31" s="65"/>
       <c r="N31" s="66"/>
     </row>
     <row r="32" spans="1:16" ht="12.75" customHeight="1" thickTop="1">
       <c r="A32" s="243" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="B32" s="133" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="C32" s="141" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="D32" s="141"/>
       <c r="E32" s="141"/>
       <c r="F32" s="141" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="G32" s="141"/>
       <c r="H32" s="141"/>
       <c r="I32" s="141" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="J32" s="141"/>
       <c r="K32" s="141"/>
       <c r="L32" s="141" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="M32" s="141"/>
       <c r="N32" s="142"/>
     </row>
     <row r="33" spans="1:14" ht="12.75" customHeight="1" thickBot="1">
       <c r="A33" s="244"/>
       <c r="B33" s="134"/>
       <c r="C33" s="137" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="D33" s="137"/>
       <c r="E33" s="137"/>
       <c r="F33" s="137" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="G33" s="137"/>
       <c r="H33" s="137"/>
       <c r="I33" s="137" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="J33" s="137"/>
       <c r="K33" s="137"/>
       <c r="L33" s="137"/>
       <c r="M33" s="137"/>
       <c r="N33" s="138"/>
     </row>
     <row r="34" spans="1:14" ht="12.75" customHeight="1" thickTop="1">
       <c r="A34" s="244"/>
       <c r="B34" s="135" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="C34" s="129" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="D34" s="129"/>
       <c r="E34" s="129"/>
       <c r="F34" s="129" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="G34" s="129"/>
       <c r="H34" s="129"/>
       <c r="I34" s="129" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="J34" s="129"/>
       <c r="K34" s="129"/>
       <c r="L34" s="129" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="M34" s="129"/>
       <c r="N34" s="143"/>
     </row>
     <row r="35" spans="1:14" ht="12.75" customHeight="1">
       <c r="A35" s="245"/>
       <c r="B35" s="136"/>
       <c r="C35" s="139" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="D35" s="139"/>
       <c r="E35" s="139"/>
       <c r="F35" s="139" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="G35" s="139"/>
       <c r="H35" s="139"/>
       <c r="I35" s="139" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="J35" s="139"/>
       <c r="K35" s="139"/>
       <c r="L35" s="139"/>
       <c r="M35" s="139"/>
       <c r="N35" s="140"/>
     </row>
     <row r="36" spans="1:14" ht="15" customHeight="1">
       <c r="A36" s="5" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
     </row>
     <row r="37" spans="1:14" ht="15" customHeight="1">
       <c r="B37" s="4"/>
       <c r="D37" s="34"/>
       <c r="E37" s="34"/>
       <c r="F37" s="34"/>
       <c r="M37" s="233">
         <v>45566</v>
       </c>
       <c r="N37" s="233"/>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="1"/>
       <c r="I38"/>
       <c r="J38"/>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="1"/>
       <c r="I39"/>
       <c r="J39"/>
     </row>
     <row r="40" spans="1:14">
       <c r="B40"/>
       <c r="C40"/>
@@ -10578,1767 +10591,1781 @@
     <mergeCell ref="D7:G7"/>
     <mergeCell ref="H7:J7"/>
     <mergeCell ref="K7:N7"/>
     <mergeCell ref="D8:G8"/>
     <mergeCell ref="H8:J8"/>
     <mergeCell ref="K8:N8"/>
     <mergeCell ref="A9:C9"/>
     <mergeCell ref="D9:G9"/>
     <mergeCell ref="H9:J9"/>
     <mergeCell ref="K9:L9"/>
     <mergeCell ref="M9:N9"/>
     <mergeCell ref="A11:B11"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.70866141732283472" right="0.35433070866141736" top="0.55118110236220474" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="91" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr>
     <tabColor rgb="FF00B0F0"/>
   </sheetPr>
-  <dimension ref="A1:E95"/>
+  <dimension ref="A1:E96"/>
   <sheetViews>
-    <sheetView topLeftCell="A64" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="A92" sqref="A92"/>
+    <sheetView tabSelected="1" topLeftCell="A58" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="H86" sqref="H86"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75"/>
   <cols>
     <col min="1" max="1" width="16.875" style="28" customWidth="1"/>
     <col min="2" max="2" width="51.25" style="28" customWidth="1"/>
     <col min="3" max="3" width="53.5" style="28" customWidth="1"/>
     <col min="4" max="4" width="36.25" style="28" customWidth="1"/>
     <col min="5" max="5" width="3.75" style="28" customWidth="1"/>
     <col min="6" max="16384" width="9" style="28"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" s="42" customFormat="1">
       <c r="A1" s="110" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
     </row>
     <row r="2" spans="1:5" s="42" customFormat="1">
       <c r="A2" s="110" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
     </row>
     <row r="3" spans="1:5" s="42" customFormat="1" ht="19.5" thickBot="1">
       <c r="A3" s="110" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="19.5" thickBot="1">
       <c r="A4" s="21" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="B4" s="22" t="s">
         <v>69</v>
       </c>
       <c r="C4" s="22" t="s">
         <v>70</v>
       </c>
       <c r="D4" s="23" t="s">
         <v>71</v>
       </c>
       <c r="E4" s="20"/>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="24">
         <v>100</v>
       </c>
       <c r="B5" s="24" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="C5" s="24" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="D5" s="29" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="27">
         <v>101</v>
       </c>
       <c r="B6" s="24" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="C6" s="27" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="D6" s="29" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="24">
         <v>102</v>
       </c>
       <c r="B7" s="24" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="C7" s="27" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="D7" s="29" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="27">
         <v>103</v>
       </c>
       <c r="B8" s="24" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="C8" s="49" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="D8" s="29" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="24">
         <v>104</v>
       </c>
       <c r="B9" s="24" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="C9" s="49" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="D9" s="30" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="27">
         <v>105</v>
       </c>
       <c r="B10" s="24" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="C10" s="49" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="D10" s="29" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="24">
         <v>106</v>
       </c>
       <c r="B11" s="24" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="C11" s="49" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="D11" s="29" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="27">
         <v>107</v>
       </c>
       <c r="B12" s="24" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="C12" s="49" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="D12" s="29" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="24">
         <v>108</v>
       </c>
       <c r="B13" s="24" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="C13" s="27" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="D13" s="29" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" s="27">
         <v>109</v>
       </c>
       <c r="B14" s="24" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="C14" s="49" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="D14" s="29" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="24">
         <v>110</v>
       </c>
       <c r="B15" s="24" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="C15" s="27" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="D15" s="29" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="27">
         <v>111</v>
       </c>
       <c r="B16" s="24" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="C16" s="49" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="D16" s="29" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="24">
         <v>112</v>
       </c>
       <c r="B17" s="24" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="C17" s="108" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="D17" s="29" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="27">
         <v>113</v>
       </c>
       <c r="B18" s="24" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="C18" s="108" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="D18" s="29" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="24">
         <v>114</v>
       </c>
       <c r="B19" s="24" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="C19" s="108" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="D19" s="29" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="27">
         <v>115</v>
       </c>
       <c r="B20" s="24" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="C20" s="108" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="D20" s="29" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="24">
         <v>116</v>
       </c>
       <c r="B21" s="24" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="C21" s="108" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="D21" s="29" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
     </row>
     <row r="22" spans="1:4" s="36" customFormat="1">
       <c r="A22" s="24">
         <v>117</v>
       </c>
       <c r="B22" s="35" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="C22" s="35" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="D22" s="29" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
     </row>
     <row r="23" spans="1:4" s="42" customFormat="1">
       <c r="A23" s="24">
         <v>118</v>
       </c>
       <c r="B23" s="24" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="C23" s="49" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="D23" s="29" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="27">
         <v>200</v>
       </c>
       <c r="B24" s="27" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="C24" s="27" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="D24" s="29" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="27">
         <v>201</v>
       </c>
       <c r="B25" s="49" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="C25" s="27" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="D25" s="29" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="27">
         <v>202</v>
       </c>
       <c r="B26" s="49" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="C26" s="49" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="D26" s="29" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="27">
         <v>203</v>
       </c>
       <c r="B27" s="49" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="C27" s="49" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="D27" s="29" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="27">
         <v>204</v>
       </c>
       <c r="B28" s="49" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="C28" s="49" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="D28" s="29" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="27">
         <v>300</v>
       </c>
       <c r="B29" s="27" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="C29" s="31" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="D29" s="29" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="27">
         <v>301</v>
       </c>
       <c r="B30" s="27" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="C30" s="27" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="D30" s="29" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="27">
         <v>302</v>
       </c>
       <c r="B31" s="27" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="C31" s="27" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="D31" s="29" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="27">
         <v>400</v>
       </c>
       <c r="B32" s="27" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="C32" s="27" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="D32" s="29" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="27">
         <v>401</v>
       </c>
       <c r="B33" s="49" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="C33" s="49" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="D33" s="29" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="27">
         <v>402</v>
       </c>
       <c r="B34" s="49" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="C34" s="49" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="D34" s="29" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="27">
         <v>403</v>
       </c>
       <c r="B35" s="49" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="C35" s="49" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="D35" s="29" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="27">
         <v>404</v>
       </c>
       <c r="B36" s="49" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="C36" s="49" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="D36" s="29" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="27">
         <v>405</v>
       </c>
       <c r="B37" s="49" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="C37" s="49" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="D37" s="29" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="27">
         <v>406</v>
       </c>
       <c r="B38" s="49" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="C38" s="49" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="D38" s="29" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="27">
         <v>407</v>
       </c>
       <c r="B39" s="49" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="C39" s="49" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="D39" s="29" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="27">
         <v>408</v>
       </c>
       <c r="B40" s="49" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="C40" s="49" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="D40" s="29" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="27">
         <v>409</v>
       </c>
       <c r="B41" s="49" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="C41" s="49" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="D41" s="29" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="27">
         <v>410</v>
       </c>
       <c r="B42" s="49" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="C42" s="49" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="D42" s="29" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="27">
         <v>500</v>
       </c>
       <c r="B43" s="27" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C43" s="27" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="D43" s="29" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="27">
         <v>501</v>
       </c>
       <c r="B44" s="49" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C44" s="49" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="D44" s="29" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="27">
         <v>502</v>
       </c>
       <c r="B45" s="49" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C45" s="49" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="D45" s="29" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="27">
         <v>503</v>
       </c>
       <c r="B46" s="49" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C46" s="49" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="D46" s="30" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="27">
         <v>504</v>
       </c>
       <c r="B47" s="49" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C47" s="49" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="D47" s="29" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="27">
         <v>505</v>
       </c>
       <c r="B48" s="49" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C48" s="49" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="D48" s="29" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="27">
         <v>506</v>
       </c>
       <c r="B49" s="49" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C49" s="49" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="D49" s="29" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="27">
         <v>507</v>
       </c>
       <c r="B50" s="49" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C50" s="49" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="D50" s="29" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="27">
         <v>508</v>
       </c>
       <c r="B51" s="49" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C51" s="49" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="D51" s="29" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="27">
         <v>509</v>
       </c>
       <c r="B52" s="49" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C52" s="49" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="D52" s="29" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="27">
         <v>510</v>
       </c>
       <c r="B53" s="49" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C53" s="49" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="D53" s="29" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="27">
         <v>511</v>
       </c>
       <c r="B54" s="49" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C54" s="49" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="D54" s="29" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="27">
         <v>512</v>
       </c>
       <c r="B55" s="49" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C55" s="49" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="D55" s="29" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="27">
         <v>513</v>
       </c>
       <c r="B56" s="49" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C56" s="49" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="D56" s="29" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="27">
         <v>514</v>
       </c>
       <c r="B57" s="49" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C57" s="49" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="D57" s="29" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="27">
         <v>515</v>
       </c>
       <c r="B58" s="49" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C58" s="49" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="D58" s="29" t="s">
-        <v>75</v>
+        <v>316</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="27">
         <v>516</v>
       </c>
       <c r="B59" s="49" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C59" s="49" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="D59" s="29" t="s">
-        <v>89</v>
+        <v>317</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="27">
         <v>517</v>
       </c>
       <c r="B60" s="49" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C60" s="49" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="D60" s="29" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="27">
         <v>518</v>
       </c>
       <c r="B61" s="49" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C61" s="49" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="D61" s="29" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="27">
         <v>519</v>
       </c>
       <c r="B62" s="49" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C62" s="49" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="D62" s="29" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="27">
         <v>520</v>
       </c>
       <c r="B63" s="49" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C63" s="49" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="D63" s="29" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="27">
         <v>521</v>
       </c>
       <c r="B64" s="49" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C64" s="49" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="D64" s="29" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="27">
         <v>522</v>
       </c>
       <c r="B65" s="49" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C65" s="49" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="D65" s="29" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="27">
         <v>523</v>
       </c>
       <c r="B66" s="49" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C66" s="49" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="D66" s="29" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="27">
         <v>524</v>
       </c>
       <c r="B67" s="49" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C67" s="49" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="D67" s="29" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="27">
         <v>525</v>
       </c>
       <c r="B68" s="49" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C68" s="49" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="D68" s="29" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="27">
         <v>526</v>
       </c>
       <c r="B69" s="49" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C69" s="49" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="D69" s="29" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="27">
         <v>527</v>
       </c>
       <c r="B70" s="49" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C70" s="49" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="D70" s="29" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="27">
         <v>528</v>
       </c>
       <c r="B71" s="49" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C71" s="49" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="D71" s="29" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="27">
         <v>529</v>
       </c>
       <c r="B72" s="49" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C72" s="49" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="D72" s="29" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="27">
         <v>530</v>
       </c>
       <c r="B73" s="49" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C73" s="49" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="D73" s="29" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="27">
         <v>531</v>
       </c>
       <c r="B74" s="49" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C74" s="49" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="D74" s="29" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="27">
         <v>532</v>
       </c>
       <c r="B75" s="49" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C75" s="49" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="D75" s="29" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="76" spans="1:4" s="40" customFormat="1">
       <c r="A76" s="39">
         <v>533</v>
       </c>
       <c r="B76" s="49" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C76" s="39" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="D76" s="29" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
     </row>
     <row r="77" spans="1:4" s="42" customFormat="1">
       <c r="A77" s="43">
         <v>534</v>
       </c>
       <c r="B77" s="49" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C77" s="49" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="D77" s="29" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
     </row>
     <row r="78" spans="1:4" s="42" customFormat="1">
       <c r="A78" s="44">
         <v>535</v>
       </c>
       <c r="B78" s="49" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C78" s="49" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="D78" s="29" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
     </row>
     <row r="79" spans="1:4" s="42" customFormat="1">
       <c r="A79" s="49">
         <v>536</v>
       </c>
       <c r="B79" s="49" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C79" s="49" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="D79" s="29" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
     </row>
     <row r="80" spans="1:4" s="42" customFormat="1">
       <c r="A80" s="49">
         <v>537</v>
       </c>
       <c r="B80" s="49" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C80" s="49" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="D80" s="29" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="81" spans="1:4" s="42" customFormat="1">
+      <c r="A81" s="49">
+        <v>538</v>
+      </c>
+      <c r="B81" s="49" t="s">
+        <v>188</v>
+      </c>
+      <c r="C81" s="49" t="s">
+        <v>203</v>
+      </c>
+      <c r="D81" s="29" t="s">
         <v>318</v>
-      </c>
-[...12 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="27">
-        <v>601</v>
-[...5 lines deleted...]
-        <v>207</v>
+        <v>600</v>
+      </c>
+      <c r="B82" s="27" t="s">
+        <v>189</v>
+      </c>
+      <c r="C82" s="27" t="s">
+        <v>204</v>
       </c>
       <c r="D82" s="29" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="27">
-        <v>602</v>
+        <v>601</v>
       </c>
       <c r="B83" s="49" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="C83" s="49" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="D83" s="29" t="s">
-        <v>135</v>
+        <v>76</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="27">
-        <v>603</v>
+        <v>602</v>
       </c>
       <c r="B84" s="49" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="C84" s="49" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="D84" s="29" t="s">
-        <v>82</v>
+        <v>132</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="27">
-        <v>604</v>
+        <v>603</v>
       </c>
       <c r="B85" s="49" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="C85" s="49" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="D85" s="29" t="s">
-        <v>136</v>
+        <v>81</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" s="27">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="B86" s="49" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="C86" s="49" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="D86" s="29" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" s="27">
+        <v>605</v>
+      </c>
+      <c r="B87" s="49" t="s">
+        <v>189</v>
+      </c>
+      <c r="C87" s="49" t="s">
+        <v>204</v>
+      </c>
+      <c r="D87" s="29" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="88" spans="1:4">
+      <c r="A88" s="27">
         <v>606</v>
       </c>
-      <c r="B87" s="49" t="s">
-[...10 lines deleted...]
-      <c r="A88" s="37">
+      <c r="B88" s="49" t="s">
+        <v>189</v>
+      </c>
+      <c r="C88" s="49" t="s">
+        <v>204</v>
+      </c>
+      <c r="D88" s="29" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="89" spans="1:4" s="38" customFormat="1">
+      <c r="A89" s="37">
         <v>607</v>
       </c>
-      <c r="B88" s="49" t="s">
-[...10 lines deleted...]
-      <c r="A89" s="41">
+      <c r="B89" s="49" t="s">
+        <v>189</v>
+      </c>
+      <c r="C89" s="49" t="s">
+        <v>204</v>
+      </c>
+      <c r="D89" s="29" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="90" spans="1:4" s="42" customFormat="1">
+      <c r="A90" s="41">
         <v>608</v>
       </c>
-      <c r="B89" s="49" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="B90" s="49" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="C90" s="49" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="D90" s="29" t="s">
-        <v>262</v>
+        <v>146</v>
       </c>
     </row>
     <row r="91" spans="1:4" s="42" customFormat="1">
       <c r="A91" s="49">
-        <v>610</v>
+        <v>609</v>
       </c>
       <c r="B91" s="49" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="C91" s="49" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="D91" s="29" t="s">
-        <v>309</v>
+        <v>259</v>
       </c>
     </row>
     <row r="92" spans="1:4" s="42" customFormat="1">
       <c r="A92" s="49">
+        <v>610</v>
+      </c>
+      <c r="B92" s="49" t="s">
+        <v>189</v>
+      </c>
+      <c r="C92" s="49" t="s">
+        <v>204</v>
+      </c>
+      <c r="D92" s="29" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="93" spans="1:4" s="42" customFormat="1">
+      <c r="A93" s="49">
         <v>611</v>
       </c>
-      <c r="B92" s="49" t="s">
-[...17 lines deleted...]
-        <v>208</v>
+      <c r="B93" s="49" t="s">
+        <v>189</v>
+      </c>
+      <c r="C93" s="49" t="s">
+        <v>313</v>
       </c>
       <c r="D93" s="29" t="s">
-        <v>80</v>
+        <v>314</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" s="27">
-        <v>701</v>
+        <v>700</v>
       </c>
       <c r="B94" s="107" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="C94" s="109" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="D94" s="29" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" s="27">
+        <v>701</v>
+      </c>
+      <c r="B95" s="107" t="s">
+        <v>190</v>
+      </c>
+      <c r="C95" s="109" t="s">
+        <v>205</v>
+      </c>
+      <c r="D95" s="29" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="96" spans="1:4">
+      <c r="A96" s="27">
         <v>702</v>
       </c>
-      <c r="B95" s="107" t="s">
-[...6 lines deleted...]
-        <v>138</v>
+      <c r="B96" s="107" t="s">
+        <v>190</v>
+      </c>
+      <c r="C96" s="27" t="s">
+        <v>206</v>
+      </c>
+      <c r="D96" s="29" t="s">
+        <v>135</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr>
     <tabColor rgb="FFFFFF00"/>
   </sheetPr>
   <dimension ref="B1:M31"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="B24" sqref="B24:M24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75"/>
   <cols>
     <col min="1" max="1" width="2.5" style="25" customWidth="1"/>
     <col min="2" max="2" width="9" style="25" customWidth="1"/>
     <col min="3" max="16384" width="9" style="25"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:13" ht="19.5" thickBot="1"/>
     <row r="2" spans="2:13" ht="18.75" customHeight="1" thickBot="1">
       <c r="B2" s="269" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="C2" s="270"/>
       <c r="D2" s="270"/>
       <c r="E2" s="270"/>
       <c r="F2" s="270"/>
       <c r="G2" s="270"/>
       <c r="H2" s="270"/>
       <c r="I2" s="270"/>
       <c r="J2" s="270"/>
       <c r="K2" s="270"/>
       <c r="L2" s="270"/>
       <c r="M2" s="271"/>
     </row>
     <row r="3" spans="2:13" ht="18.75" customHeight="1">
       <c r="B3" s="272" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="C3" s="273"/>
       <c r="D3" s="273"/>
       <c r="E3" s="273"/>
       <c r="F3" s="273"/>
       <c r="G3" s="273"/>
       <c r="H3" s="273"/>
       <c r="I3" s="273"/>
       <c r="J3" s="273"/>
       <c r="K3" s="273"/>
       <c r="L3" s="273"/>
       <c r="M3" s="274"/>
     </row>
     <row r="4" spans="2:13" ht="18.75" customHeight="1">
       <c r="B4" s="255" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="C4" s="256"/>
       <c r="D4" s="256"/>
       <c r="E4" s="256"/>
       <c r="F4" s="256"/>
       <c r="G4" s="256"/>
       <c r="H4" s="256"/>
       <c r="I4" s="256"/>
       <c r="J4" s="256"/>
       <c r="K4" s="256"/>
       <c r="L4" s="256"/>
       <c r="M4" s="257"/>
     </row>
     <row r="5" spans="2:13" ht="18.75" customHeight="1">
       <c r="B5" s="255" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="C5" s="256"/>
       <c r="D5" s="256"/>
       <c r="E5" s="256"/>
       <c r="F5" s="256"/>
       <c r="G5" s="256"/>
       <c r="H5" s="256"/>
       <c r="I5" s="256"/>
       <c r="J5" s="256"/>
       <c r="K5" s="256"/>
       <c r="L5" s="256"/>
       <c r="M5" s="257"/>
     </row>
     <row r="6" spans="2:13" ht="37.5" customHeight="1">
       <c r="B6" s="275" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="C6" s="276"/>
       <c r="D6" s="276"/>
       <c r="E6" s="276"/>
       <c r="F6" s="276"/>
       <c r="G6" s="276"/>
       <c r="H6" s="276"/>
       <c r="I6" s="276"/>
       <c r="J6" s="276"/>
       <c r="K6" s="276"/>
       <c r="L6" s="276"/>
       <c r="M6" s="277"/>
     </row>
     <row r="7" spans="2:13" ht="18.75" customHeight="1">
       <c r="B7" s="255" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="C7" s="256"/>
       <c r="D7" s="256"/>
       <c r="E7" s="256"/>
       <c r="F7" s="256"/>
       <c r="G7" s="256"/>
       <c r="H7" s="256"/>
       <c r="I7" s="256"/>
       <c r="J7" s="256"/>
       <c r="K7" s="256"/>
       <c r="L7" s="256"/>
       <c r="M7" s="257"/>
     </row>
     <row r="8" spans="2:13" ht="18.75" customHeight="1">
       <c r="B8" s="255" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="C8" s="256"/>
       <c r="D8" s="256"/>
       <c r="E8" s="256"/>
       <c r="F8" s="256"/>
       <c r="G8" s="256"/>
       <c r="H8" s="256"/>
       <c r="I8" s="256"/>
       <c r="J8" s="256"/>
       <c r="K8" s="256"/>
       <c r="L8" s="256"/>
       <c r="M8" s="257"/>
     </row>
     <row r="9" spans="2:13" ht="37.5" customHeight="1">
       <c r="B9" s="255" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="C9" s="256"/>
       <c r="D9" s="256"/>
       <c r="E9" s="256"/>
       <c r="F9" s="256"/>
       <c r="G9" s="256"/>
       <c r="H9" s="256"/>
       <c r="I9" s="256"/>
       <c r="J9" s="256"/>
       <c r="K9" s="256"/>
       <c r="L9" s="256"/>
       <c r="M9" s="257"/>
     </row>
     <row r="10" spans="2:13" ht="18.75" customHeight="1">
       <c r="B10" s="255" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="C10" s="256"/>
       <c r="D10" s="256"/>
       <c r="E10" s="256"/>
       <c r="F10" s="256"/>
       <c r="G10" s="256"/>
       <c r="H10" s="256"/>
       <c r="I10" s="256"/>
       <c r="J10" s="256"/>
       <c r="K10" s="256"/>
       <c r="L10" s="256"/>
       <c r="M10" s="257"/>
     </row>
     <row r="11" spans="2:13" ht="18.75" customHeight="1">
       <c r="B11" s="255" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="C11" s="256"/>
       <c r="D11" s="256"/>
       <c r="E11" s="256"/>
       <c r="F11" s="256"/>
       <c r="G11" s="256"/>
       <c r="H11" s="256"/>
       <c r="I11" s="256"/>
       <c r="J11" s="256"/>
       <c r="K11" s="256"/>
       <c r="L11" s="256"/>
       <c r="M11" s="257"/>
     </row>
     <row r="12" spans="2:13" ht="18.75" customHeight="1" thickBot="1">
       <c r="B12" s="278" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="C12" s="260"/>
       <c r="D12" s="260"/>
       <c r="E12" s="260"/>
       <c r="F12" s="260"/>
       <c r="G12" s="260"/>
       <c r="H12" s="260"/>
       <c r="I12" s="260"/>
       <c r="J12" s="260"/>
       <c r="K12" s="260"/>
       <c r="L12" s="260"/>
       <c r="M12" s="261"/>
     </row>
     <row r="13" spans="2:13" ht="18.75" customHeight="1" thickBot="1">
       <c r="B13" s="262" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="C13" s="263"/>
       <c r="D13" s="263"/>
       <c r="E13" s="263"/>
       <c r="F13" s="263"/>
       <c r="G13" s="263"/>
       <c r="H13" s="263"/>
       <c r="I13" s="263"/>
       <c r="J13" s="263"/>
       <c r="K13" s="263"/>
       <c r="L13" s="263"/>
       <c r="M13" s="264"/>
     </row>
     <row r="14" spans="2:13" ht="18.75" customHeight="1">
       <c r="B14" s="265" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C14" s="250"/>
       <c r="D14" s="250"/>
       <c r="E14" s="250"/>
       <c r="F14" s="250"/>
       <c r="G14" s="250"/>
       <c r="H14" s="250"/>
       <c r="I14" s="250"/>
       <c r="J14" s="250"/>
       <c r="K14" s="250"/>
       <c r="L14" s="250"/>
       <c r="M14" s="251"/>
     </row>
     <row r="15" spans="2:13" ht="37.5" customHeight="1">
       <c r="B15" s="258" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="C15" s="256"/>
       <c r="D15" s="256"/>
       <c r="E15" s="256"/>
       <c r="F15" s="256"/>
       <c r="G15" s="256"/>
       <c r="H15" s="256"/>
       <c r="I15" s="256"/>
       <c r="J15" s="256"/>
       <c r="K15" s="256"/>
       <c r="L15" s="256"/>
       <c r="M15" s="257"/>
     </row>
     <row r="16" spans="2:13" ht="18.75" customHeight="1">
       <c r="B16" s="266" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="C16" s="267"/>
       <c r="D16" s="267"/>
       <c r="E16" s="267"/>
       <c r="F16" s="267"/>
       <c r="G16" s="267"/>
       <c r="H16" s="267"/>
       <c r="I16" s="267"/>
       <c r="J16" s="267"/>
       <c r="K16" s="267"/>
       <c r="L16" s="267"/>
       <c r="M16" s="268"/>
     </row>
     <row r="17" spans="2:13" ht="37.5" customHeight="1">
       <c r="B17" s="258" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="C17" s="256"/>
       <c r="D17" s="256"/>
       <c r="E17" s="256"/>
       <c r="F17" s="256"/>
       <c r="G17" s="256"/>
       <c r="H17" s="256"/>
       <c r="I17" s="256"/>
       <c r="J17" s="256"/>
       <c r="K17" s="256"/>
       <c r="L17" s="256"/>
       <c r="M17" s="257"/>
     </row>
     <row r="18" spans="2:13" ht="18.75" customHeight="1">
       <c r="B18" s="258" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="C18" s="256"/>
       <c r="D18" s="256"/>
       <c r="E18" s="256"/>
       <c r="F18" s="256"/>
       <c r="G18" s="256"/>
       <c r="H18" s="256"/>
       <c r="I18" s="256"/>
       <c r="J18" s="256"/>
       <c r="K18" s="256"/>
       <c r="L18" s="256"/>
       <c r="M18" s="257"/>
     </row>
     <row r="19" spans="2:13" ht="56.25" customHeight="1" thickBot="1">
       <c r="B19" s="259" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="C19" s="260"/>
       <c r="D19" s="260"/>
       <c r="E19" s="260"/>
       <c r="F19" s="260"/>
       <c r="G19" s="260"/>
       <c r="H19" s="260"/>
       <c r="I19" s="260"/>
       <c r="J19" s="260"/>
       <c r="K19" s="260"/>
       <c r="L19" s="260"/>
       <c r="M19" s="261"/>
     </row>
     <row r="20" spans="2:13" ht="18.75" customHeight="1" thickBot="1">
       <c r="B20" s="262" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="C20" s="263"/>
       <c r="D20" s="263"/>
       <c r="E20" s="263"/>
       <c r="F20" s="263"/>
       <c r="G20" s="263"/>
       <c r="H20" s="263"/>
       <c r="I20" s="263"/>
       <c r="J20" s="263"/>
       <c r="K20" s="263"/>
       <c r="L20" s="263"/>
       <c r="M20" s="264"/>
     </row>
     <row r="21" spans="2:13" ht="18.75" customHeight="1">
       <c r="B21" s="249" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="C21" s="250"/>
       <c r="D21" s="250"/>
       <c r="E21" s="250"/>
       <c r="F21" s="250"/>
       <c r="G21" s="250"/>
       <c r="H21" s="250"/>
       <c r="I21" s="250"/>
       <c r="J21" s="250"/>
       <c r="K21" s="250"/>
       <c r="L21" s="250"/>
       <c r="M21" s="251"/>
     </row>
     <row r="22" spans="2:13" ht="18.75" customHeight="1">
       <c r="B22" s="252" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="C22" s="253"/>
       <c r="D22" s="253"/>
       <c r="E22" s="253"/>
       <c r="F22" s="253"/>
       <c r="G22" s="253"/>
       <c r="H22" s="253"/>
       <c r="I22" s="253"/>
       <c r="J22" s="253"/>
       <c r="K22" s="253"/>
       <c r="L22" s="253"/>
       <c r="M22" s="254"/>
     </row>
     <row r="23" spans="2:13" ht="56.25" customHeight="1">
       <c r="B23" s="255" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="C23" s="256"/>
       <c r="D23" s="256"/>
       <c r="E23" s="256"/>
       <c r="F23" s="256"/>
       <c r="G23" s="256"/>
       <c r="H23" s="256"/>
       <c r="I23" s="256"/>
       <c r="J23" s="256"/>
       <c r="K23" s="256"/>
       <c r="L23" s="256"/>
       <c r="M23" s="257"/>
     </row>
     <row r="24" spans="2:13" ht="18.75" customHeight="1">
       <c r="B24" s="255" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="C24" s="256"/>
       <c r="D24" s="256"/>
       <c r="E24" s="256"/>
       <c r="F24" s="256"/>
       <c r="G24" s="256"/>
       <c r="H24" s="256"/>
       <c r="I24" s="256"/>
       <c r="J24" s="256"/>
       <c r="K24" s="256"/>
       <c r="L24" s="256"/>
       <c r="M24" s="257"/>
     </row>
     <row r="25" spans="2:13" ht="18.75" customHeight="1">
       <c r="B25" s="246" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="C25" s="247"/>
       <c r="D25" s="247"/>
       <c r="E25" s="247"/>
       <c r="F25" s="247"/>
       <c r="G25" s="247"/>
       <c r="H25" s="247"/>
       <c r="I25" s="247"/>
       <c r="J25" s="247"/>
       <c r="K25" s="247"/>
       <c r="L25" s="247"/>
       <c r="M25" s="248"/>
     </row>
     <row r="26" spans="2:13" ht="18.75" customHeight="1"/>
     <row r="27" spans="2:13" ht="18.75" customHeight="1"/>
     <row r="28" spans="2:13" ht="18.75" customHeight="1"/>
     <row r="29" spans="2:13" ht="18.75" customHeight="1"/>
     <row r="30" spans="2:13" ht="18.75" customHeight="1"/>
     <row r="31" spans="2:13" ht="18.75" customHeight="1"/>
   </sheetData>
   <mergeCells count="24">
     <mergeCell ref="B13:M13"/>
     <mergeCell ref="B2:M2"/>
     <mergeCell ref="B3:M3"/>
     <mergeCell ref="B4:M4"/>
@@ -12367,356 +12394,356 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <sheetPr>
     <tabColor rgb="FFFFFF00"/>
   </sheetPr>
   <dimension ref="B1:N21"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="R17" sqref="R17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="2.5" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:14" ht="18.75" customHeight="1" thickBot="1"/>
     <row r="2" spans="2:14" ht="18.75" customHeight="1" thickBot="1">
       <c r="B2" s="289" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="C2" s="290"/>
       <c r="D2" s="290"/>
       <c r="E2" s="290"/>
       <c r="F2" s="290"/>
       <c r="G2" s="290"/>
       <c r="H2" s="290"/>
       <c r="I2" s="290"/>
       <c r="J2" s="290"/>
       <c r="K2" s="290"/>
       <c r="L2" s="290"/>
       <c r="M2" s="291"/>
     </row>
     <row r="3" spans="2:14" ht="18.75" customHeight="1">
       <c r="B3" s="292" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="C3" s="293"/>
       <c r="D3" s="293"/>
       <c r="E3" s="293"/>
       <c r="F3" s="293"/>
       <c r="G3" s="293"/>
       <c r="H3" s="293"/>
       <c r="I3" s="293"/>
       <c r="J3" s="293"/>
       <c r="K3" s="293"/>
       <c r="L3" s="293"/>
       <c r="M3" s="294"/>
     </row>
     <row r="4" spans="2:14" ht="18.75" customHeight="1">
       <c r="B4" s="283" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="C4" s="284"/>
       <c r="D4" s="284"/>
       <c r="E4" s="284"/>
       <c r="F4" s="284"/>
       <c r="G4" s="284"/>
       <c r="H4" s="284"/>
       <c r="I4" s="284"/>
       <c r="J4" s="284"/>
       <c r="K4" s="284"/>
       <c r="L4" s="284"/>
       <c r="M4" s="285"/>
     </row>
     <row r="5" spans="2:14" ht="18.75" customHeight="1">
       <c r="B5" s="283" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="C5" s="284"/>
       <c r="D5" s="284"/>
       <c r="E5" s="284"/>
       <c r="F5" s="284"/>
       <c r="G5" s="284"/>
       <c r="H5" s="284"/>
       <c r="I5" s="284"/>
       <c r="J5" s="284"/>
       <c r="K5" s="284"/>
       <c r="L5" s="284"/>
       <c r="M5" s="285"/>
     </row>
     <row r="6" spans="2:14" ht="18.75" customHeight="1">
       <c r="B6" s="283" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C6" s="284"/>
       <c r="D6" s="284"/>
       <c r="E6" s="284"/>
       <c r="F6" s="284"/>
       <c r="G6" s="284"/>
       <c r="H6" s="284"/>
       <c r="I6" s="284"/>
       <c r="J6" s="284"/>
       <c r="K6" s="284"/>
       <c r="L6" s="284"/>
       <c r="M6" s="285"/>
     </row>
     <row r="7" spans="2:14" ht="18.75" customHeight="1">
       <c r="B7" s="283" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="C7" s="284"/>
       <c r="D7" s="284"/>
       <c r="E7" s="284"/>
       <c r="F7" s="284"/>
       <c r="G7" s="284"/>
       <c r="H7" s="284"/>
       <c r="I7" s="284"/>
       <c r="J7" s="284"/>
       <c r="K7" s="284"/>
       <c r="L7" s="284"/>
       <c r="M7" s="285"/>
     </row>
     <row r="8" spans="2:14" ht="18.75" customHeight="1">
       <c r="B8" s="283" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="C8" s="284"/>
       <c r="D8" s="284"/>
       <c r="E8" s="284"/>
       <c r="F8" s="284"/>
       <c r="G8" s="284"/>
       <c r="H8" s="284"/>
       <c r="I8" s="284"/>
       <c r="J8" s="284"/>
       <c r="K8" s="284"/>
       <c r="L8" s="284"/>
       <c r="M8" s="285"/>
     </row>
     <row r="9" spans="2:14" ht="18.75" customHeight="1">
       <c r="B9" s="283" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="C9" s="284"/>
       <c r="D9" s="284"/>
       <c r="E9" s="284"/>
       <c r="F9" s="284"/>
       <c r="G9" s="284"/>
       <c r="H9" s="284"/>
       <c r="I9" s="284"/>
       <c r="J9" s="284"/>
       <c r="K9" s="284"/>
       <c r="L9" s="284"/>
       <c r="M9" s="285"/>
     </row>
     <row r="10" spans="2:14" ht="18.75" customHeight="1">
       <c r="B10" s="283" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C10" s="284"/>
       <c r="D10" s="284"/>
       <c r="E10" s="284"/>
       <c r="F10" s="284"/>
       <c r="G10" s="284"/>
       <c r="H10" s="284"/>
       <c r="I10" s="284"/>
       <c r="J10" s="284"/>
       <c r="K10" s="284"/>
       <c r="L10" s="284"/>
       <c r="M10" s="285"/>
     </row>
     <row r="11" spans="2:14" ht="18.75" customHeight="1" thickBot="1">
       <c r="B11" s="286" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="C11" s="287"/>
       <c r="D11" s="287"/>
       <c r="E11" s="287"/>
       <c r="F11" s="287"/>
       <c r="G11" s="287"/>
       <c r="H11" s="287"/>
       <c r="I11" s="287"/>
       <c r="J11" s="287"/>
       <c r="K11" s="287"/>
       <c r="L11" s="287"/>
       <c r="M11" s="288"/>
     </row>
     <row r="12" spans="2:14" ht="18.75" customHeight="1" thickBot="1">
       <c r="B12" s="269" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C12" s="270"/>
       <c r="D12" s="270"/>
       <c r="E12" s="270"/>
       <c r="F12" s="270"/>
       <c r="G12" s="270"/>
       <c r="H12" s="270"/>
       <c r="I12" s="270"/>
       <c r="J12" s="270"/>
       <c r="K12" s="270"/>
       <c r="L12" s="270"/>
       <c r="M12" s="271"/>
       <c r="N12" s="26"/>
     </row>
     <row r="13" spans="2:14" ht="18.75" customHeight="1">
       <c r="B13" s="249" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="C13" s="250"/>
       <c r="D13" s="250"/>
       <c r="E13" s="250"/>
       <c r="F13" s="250"/>
       <c r="G13" s="250"/>
       <c r="H13" s="250"/>
       <c r="I13" s="250"/>
       <c r="J13" s="250"/>
       <c r="K13" s="250"/>
       <c r="L13" s="250"/>
       <c r="M13" s="251"/>
     </row>
     <row r="14" spans="2:14" ht="18.75" customHeight="1">
       <c r="B14" s="255" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="C14" s="256"/>
       <c r="D14" s="256"/>
       <c r="E14" s="256"/>
       <c r="F14" s="256"/>
       <c r="G14" s="256"/>
       <c r="H14" s="256"/>
       <c r="I14" s="256"/>
       <c r="J14" s="256"/>
       <c r="K14" s="256"/>
       <c r="L14" s="256"/>
       <c r="M14" s="257"/>
     </row>
     <row r="15" spans="2:14" ht="18.75" customHeight="1" thickBot="1">
       <c r="B15" s="280" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
       <c r="C15" s="281"/>
       <c r="D15" s="281"/>
       <c r="E15" s="281"/>
       <c r="F15" s="281"/>
       <c r="G15" s="281"/>
       <c r="H15" s="281"/>
       <c r="I15" s="281"/>
       <c r="J15" s="281"/>
       <c r="K15" s="281"/>
       <c r="L15" s="281"/>
       <c r="M15" s="282"/>
     </row>
     <row r="16" spans="2:14" ht="18.75" customHeight="1" thickBot="1">
       <c r="B16" s="262" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="C16" s="263"/>
       <c r="D16" s="263"/>
       <c r="E16" s="263"/>
       <c r="F16" s="263"/>
       <c r="G16" s="263"/>
       <c r="H16" s="263"/>
       <c r="I16" s="263"/>
       <c r="J16" s="263"/>
       <c r="K16" s="263"/>
       <c r="L16" s="263"/>
       <c r="M16" s="264"/>
     </row>
     <row r="17" spans="2:13" ht="18.75" customHeight="1">
       <c r="B17" s="265" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="C17" s="250"/>
       <c r="D17" s="250"/>
       <c r="E17" s="250"/>
       <c r="F17" s="250"/>
       <c r="G17" s="250"/>
       <c r="H17" s="250"/>
       <c r="I17" s="250"/>
       <c r="J17" s="250"/>
       <c r="K17" s="250"/>
       <c r="L17" s="250"/>
       <c r="M17" s="251"/>
     </row>
     <row r="18" spans="2:13" ht="18.75" customHeight="1">
       <c r="B18" s="258" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="C18" s="256"/>
       <c r="D18" s="256"/>
       <c r="E18" s="256"/>
       <c r="F18" s="256"/>
       <c r="G18" s="256"/>
       <c r="H18" s="256"/>
       <c r="I18" s="256"/>
       <c r="J18" s="256"/>
       <c r="K18" s="256"/>
       <c r="L18" s="256"/>
       <c r="M18" s="257"/>
     </row>
     <row r="19" spans="2:13" ht="18.75" customHeight="1">
       <c r="B19" s="258" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="C19" s="256"/>
       <c r="D19" s="256"/>
       <c r="E19" s="256"/>
       <c r="F19" s="256"/>
       <c r="G19" s="256"/>
       <c r="H19" s="256"/>
       <c r="I19" s="256"/>
       <c r="J19" s="256"/>
       <c r="K19" s="256"/>
       <c r="L19" s="256"/>
       <c r="M19" s="257"/>
     </row>
     <row r="20" spans="2:13" ht="18.75" customHeight="1">
       <c r="B20" s="258" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="C20" s="256"/>
       <c r="D20" s="256"/>
       <c r="E20" s="256"/>
       <c r="F20" s="256"/>
       <c r="G20" s="256"/>
       <c r="H20" s="256"/>
       <c r="I20" s="256"/>
       <c r="J20" s="256"/>
       <c r="K20" s="256"/>
       <c r="L20" s="256"/>
       <c r="M20" s="257"/>
     </row>
     <row r="21" spans="2:13" ht="18.75" customHeight="1">
       <c r="B21" s="279" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="C21" s="247"/>
       <c r="D21" s="247"/>
       <c r="E21" s="247"/>
       <c r="F21" s="247"/>
       <c r="G21" s="247"/>
       <c r="H21" s="247"/>
       <c r="I21" s="247"/>
       <c r="J21" s="247"/>
       <c r="K21" s="247"/>
       <c r="L21" s="247"/>
       <c r="M21" s="248"/>
     </row>
   </sheetData>
   <mergeCells count="20">
     <mergeCell ref="B7:M7"/>
     <mergeCell ref="B2:M2"/>
     <mergeCell ref="B3:M3"/>
     <mergeCell ref="B4:M4"/>
     <mergeCell ref="B5:M5"/>
     <mergeCell ref="B6:M6"/>
     <mergeCell ref="B8:M8"/>
     <mergeCell ref="B9:M9"/>
     <mergeCell ref="B10:M10"/>
     <mergeCell ref="B11:M11"/>
@@ -12734,136 +12761,136 @@
   <phoneticPr fontId="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <sheetPr>
     <tabColor theme="9" tint="0.59999389629810485"/>
   </sheetPr>
   <dimension ref="B1:N7"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="K18" sqref="K18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75"/>
   <cols>
     <col min="1" max="1" width="2.5" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:14" ht="19.5" thickBot="1"/>
     <row r="2" spans="2:14" ht="19.5" thickBot="1">
       <c r="B2" s="304" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="C2" s="305"/>
       <c r="D2" s="305"/>
       <c r="E2" s="305"/>
       <c r="F2" s="305"/>
       <c r="G2" s="305"/>
       <c r="H2" s="305"/>
       <c r="I2" s="305"/>
       <c r="J2" s="305"/>
       <c r="K2" s="305"/>
       <c r="L2" s="305"/>
       <c r="M2" s="305"/>
       <c r="N2" s="306"/>
     </row>
     <row r="3" spans="2:14">
       <c r="B3" s="301" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="C3" s="302"/>
       <c r="D3" s="302"/>
       <c r="E3" s="302"/>
       <c r="F3" s="302"/>
       <c r="G3" s="302"/>
       <c r="H3" s="302"/>
       <c r="I3" s="302"/>
       <c r="J3" s="302"/>
       <c r="K3" s="302"/>
       <c r="L3" s="302"/>
       <c r="M3" s="302"/>
       <c r="N3" s="303"/>
     </row>
     <row r="4" spans="2:14" ht="75" customHeight="1">
       <c r="B4" s="298" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="C4" s="299"/>
       <c r="D4" s="299"/>
       <c r="E4" s="299"/>
       <c r="F4" s="299"/>
       <c r="G4" s="299"/>
       <c r="H4" s="299"/>
       <c r="I4" s="299"/>
       <c r="J4" s="299"/>
       <c r="K4" s="299"/>
       <c r="L4" s="299"/>
       <c r="M4" s="299"/>
       <c r="N4" s="300"/>
     </row>
     <row r="5" spans="2:14">
       <c r="B5" s="295" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="C5" s="296"/>
       <c r="D5" s="296"/>
       <c r="E5" s="296"/>
       <c r="F5" s="296"/>
       <c r="G5" s="296"/>
       <c r="H5" s="296"/>
       <c r="I5" s="296"/>
       <c r="J5" s="296"/>
       <c r="K5" s="296"/>
       <c r="L5" s="296"/>
       <c r="M5" s="296"/>
       <c r="N5" s="297"/>
     </row>
     <row r="6" spans="2:14" ht="131.25" customHeight="1">
       <c r="B6" s="298" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="C6" s="299"/>
       <c r="D6" s="299"/>
       <c r="E6" s="299"/>
       <c r="F6" s="299"/>
       <c r="G6" s="299"/>
       <c r="H6" s="299"/>
       <c r="I6" s="299"/>
       <c r="J6" s="299"/>
       <c r="K6" s="299"/>
       <c r="L6" s="299"/>
       <c r="M6" s="299"/>
       <c r="N6" s="300"/>
     </row>
     <row r="7" spans="2:14">
       <c r="B7" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="B5:N5"/>
     <mergeCell ref="B4:N4"/>
     <mergeCell ref="B6:N6"/>
     <mergeCell ref="B3:N3"/>
     <mergeCell ref="B2:N2"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>